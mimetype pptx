--- v0 (2025-11-08)
+++ v1 (2026-01-11)
@@ -1,246 +1,239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId4"/>
+    <p:notesMasterId r:id="rId2"/>
   </p:notesMasterIdLst>
-  <p:sldIdLst>
-[...2 lines deleted...]
-  </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
-      <a:defRPr lang="de-DE"/>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1404" kern="1200">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:clrMru>
-[...3 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr>
-[...1 lines deleted...]
-    <p:restoredTop sz="94696"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="18025" autoAdjust="0"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0" snapToObjects="1">
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="190" d="100"/>
-          <a:sy n="190" d="100"/>
+          <a:sx n="151" d="100"/>
+          <a:sy n="151" d="100"/>
         </p:scale>
-        <p:origin x="304" y="176"/>
+        <p:origin x="258" y="144"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -252,226 +245,251 @@
           <p:cNvPr id="2" name="Kopfzeilenplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Datumsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{E9C9F00C-EC20-3944-A0C7-901FF2210DE7}" type="datetimeFigureOut">
+            <a:fld id="{E1836159-3613-4120-BFA1-012C9383E012}" type="datetimeFigureOut">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>26.06.20</a:t>
+              <a:t>06.08.2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Folienbildplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="960438" y="1143000"/>
             <a:ext cx="4937125" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notizenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE"/>
-              <a:t>Mastertextformat bearbeiten
-[...3 lines deleted...]
-Fünfte Ebene</a:t>
+              <a:t>Mastertextformat bearbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Zweite Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Dritte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Vierte Ebene</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fünfte Ebene</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{A552A83A-B71F-BC4B-BEFC-254C1BBE687C}" type="slidenum">
+            <a:fld id="{FAE65AC9-19C0-4845-80EF-46F2659078DC}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="846043895"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1486526728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="936" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="936" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -528,2660 +546,4627 @@
     <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="936" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="936" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mci.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Cover">
+  <p:cSld name="Title slide 1">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="8" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A639B91-ADF9-4E37-9944-553567CD9B90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="1640732"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516820" y="472535"/>
+            <a:ext cx="6071305" cy="879030"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr">
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add a two-line headline</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2414461B-C70D-4B56-96BB-74CCBD66FD0C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="4610857"/>
+            <a:ext cx="3744913" cy="734225"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:defRPr sz="3200" b="1" i="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Univers" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Author| course title or equivalent can be added here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1523470047"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="255760575"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="pictures and copyright 4x">
+  <p:cSld name="heading &amp; text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Picture Placeholder 2">
+          <p:cNvPr id="8" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{376AF88E-123A-AE41-993D-62D14AFBA047}"/>
-[...283 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3FEDD9A-BCAD-8944-BEE5-AC8452EDA3DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF091B9E-46CC-4F2F-9D6A-208A928859FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="846944" y="2600791"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516890" y="531955"/>
+            <a:ext cx="8087360" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...5 lines deleted...]
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Text Placeholder 3">
+          <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24ADF0B0-F526-4D44-BB00-2354E38BB7D2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA606166-1C65-453D-B425-2F56A86CE59F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="13"/>
+            <p:ph idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4609474" y="2600791"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="539750" y="1180408"/>
+            <a:ext cx="8064500" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
-              <a:defRPr sz="1100">
-[...3 lines deleted...]
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Text can be entered here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Text Placeholder 3">
+          <p:cNvPr id="10" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97B1673F-F170-AF41-B3E2-EF14B2A8A90E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19BF4A75-C53B-4165-831F-A2CBFCFF355E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AA9E7D1-8DB8-489A-B535-43C5A1ABD88F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="14"/>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="846944" y="5021708"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...5 lines deleted...]
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...81 lines deleted...]
-              <a:t>Mastertextformat bearbeiten</a:t>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1249849980"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3411953389"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Index">
+  <p:cSld name="heading &amp; bullet points">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-[...83 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="8" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9505196-EB78-E14F-863B-B4FC39B7177E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF091B9E-46CC-4F2F-9D6A-208A928859FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="487179"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516890" y="531955"/>
+            <a:ext cx="8087360" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
-                  <a:srgbClr val="00416E"/>
-[...1 lines deleted...]
-                <a:latin typeface="Univers" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Mastertitelformat bearbeiten</a:t>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19BF4A75-C53B-4165-831F-A2CBFCFF355E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EDA1269-E68C-4934-B820-6A1613067BC8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="1180408"/>
+            <a:ext cx="8064500" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet points can be added here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4742C58-EE4E-4224-A0AE-41443E32A15D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1413978660"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1522924155"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Headline and text">
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="heading &amp; picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FD06FB3-18FB-4ABC-BF94-10243BDA53C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14908F2C-0F9D-4ABE-B94A-3BC2172C89D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="487179"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516890" y="531954"/>
+            <a:ext cx="8064500" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
-                  <a:srgbClr val="00416E"/>
-[...1 lines deleted...]
-                <a:latin typeface="Univers" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="9" name="Bildplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97943ADF-5BD0-42C9-A63E-DD7C23F5328B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="pic" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="1371600"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="539751" y="1130531"/>
+            <a:ext cx="8064500" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bild einfügen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D604EA9B-0BCC-4B1B-9E9C-28C9BECE340F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="7754344" y="3659359"/>
+            <a:ext cx="2062133" cy="188210"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
-              <a:lnSpc>
-[...2 lines deleted...]
-              <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr sz="1800">
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+              <a:defRPr sz="800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Mastertextformat bearbeiten</a:t>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t>© Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{189AFF96-8E94-498B-A698-88EE547D6AFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1904889873"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3339891614"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Text">
+  <p:cSld name="Quotation">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FD06FB3-18FB-4ABC-BF94-10243BDA53C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CC136C1-E862-4DF4-87B0-CD9BDDDF4A21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="974362"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516820" y="1033532"/>
+            <a:ext cx="6071305" cy="3455813"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="121000"/>
               </a:lnSpc>
-              <a:buFontTx/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
-              <a:defRPr sz="1800">
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Mastertextformat bearbeiten</a:t>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Here you can add a quotation or any extended content that should be highlighted“.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B3B9A65-FE80-441C-AD0E-79F3D14867A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4286485357"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1041213199"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Headline and listing">
+  <p:cSld name="Closing slide">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-[...85 lines deleted...]
-          <p:cNvPr id="8" name="Title 1">
+          <p:cNvPr id="6" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9505196-EB78-E14F-863B-B4FC39B7177E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C823C92D-19B6-4148-85A9-79EA2D5DE800}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="487179"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="524264" y="2693116"/>
+            <a:ext cx="8087360" cy="1016866"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...4 lines deleted...]
-                <a:latin typeface="Univers" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+            <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="2000" b="1" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Mastertitelformat bearbeiten</a:t>
+              <a:t>MCI | Die Unternehmerische Hochschule®</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>MCI | The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Entrepreneurial</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> School®</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCE1CD91-C75E-4089-AA65-9B06BCCF2728}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="532376" y="3709981"/>
+            <a:ext cx="3744913" cy="1074450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0" err="1"/>
+              <a:t>Universitaetsstrasse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t> 15</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-AT" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t>A-6020 Innsbruck</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-AT" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t>+43 512 2070</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-AT" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>office@mci.edu</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3276012803"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4259827349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...268 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Headline and comparison">
+  <p:cSld name="Titel slide 2">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-[...147 lines deleted...]
-          <p:cNvPr id="8" name="Title 1">
+          <p:cNvPr id="8" name="Textplatzhalter 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4EA033B-3A84-D942-8AD2-87EB2BB6FC06}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A639B91-ADF9-4E37-9944-553567CD9B90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="651135" y="487179"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="516820" y="472535"/>
+            <a:ext cx="6071305" cy="879030"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
               <a:defRPr sz="2800" b="1" i="0">
                 <a:solidFill>
-                  <a:srgbClr val="00416E"/>
-[...1 lines deleted...]
-                <a:latin typeface="Univers" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add a two-line headline</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8078B448-F893-4216-85CC-AA17EE205DCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="4610857"/>
+            <a:ext cx="3744913" cy="734225"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Author| course title or equivalent can be added here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="520908339"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="9852164"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Headline and picture">
-[...356 lines deleted...]
-  <p:cSld>
+  <p:cSld name="Titel slide course">
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Grafik 14">
+          <p:cNvPr id="4" name="Grafik 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DCECD2D-354A-214A-82A8-85822346FCED}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08AB89B8-54A3-4FA8-AD3D-E447902B7A0C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId12"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-[...4 lines deleted...]
-          </a:prstGeom>
+            <a:off x="0" y="-3048"/>
+            <a:ext cx="9144000" cy="5718048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvPr id="8" name="Textplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A639B91-ADF9-4E37-9944-553567CD9B90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="304271"/>
-            <a:ext cx="7886700" cy="1104636"/>
+            <a:off x="516820" y="472535"/>
+            <a:ext cx="6071305" cy="879030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add a two-line headline</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>here</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8078B448-F893-4216-85CC-AA17EE205DCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1521354"/>
-            <a:ext cx="7886700" cy="3626115"/>
+            <a:off x="539750" y="4610857"/>
+            <a:ext cx="3744913" cy="734225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
-[...2 lines deleted...]
-          <a:lstStyle/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...21 lines deleted...]
-              <a:t>Vierte Ebene</a:t>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Author| course title or equivalent can be added here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="31142437"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Table of Contents">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89D532F1-2738-41DF-A050-608FA5A27888}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516890" y="531916"/>
+            <a:ext cx="8087360" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Table of Contents</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rechteck 6">
+          <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2700372E-F62A-1F44-856C-792DF25EBEF5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71F36D88-9EA8-41AF-8CEE-91F66619E8D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...28 lines deleted...]
-        </p:style>
+          <a:xfrm>
+            <a:off x="539750" y="1233232"/>
+            <a:ext cx="8071874" cy="3856293"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="342900" indent="0">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>point 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>point 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>point 3</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Foliennummernplatzhalter 5">
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5D32700-82AA-E54D-82BC-AB72403F92E4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E78CA4C1-155B-4139-B6FB-44B967412974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8352506" y="0"/>
-            <a:ext cx="464696" cy="509665"/>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="de-DE"/>
             </a:defPPr>
-            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...6 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr sz="1800" kern="1200">
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...5 lines deleted...]
-                <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:pPr algn="ctr"/>
+              <a:pPr/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
-            <a:endParaRPr lang="de-DE" sz="1000" b="1" i="0" dirty="0">
-[...3 lines deleted...]
-              <a:latin typeface="Univers Medium" panose="020B0603020202030204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1641551175"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section heading">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8E25168-A22B-45F9-81C9-AAA0A8483B40}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Oval 11">
+          <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9E9CA33-4367-C848-A2D7-6ED6D6113EE0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA3AAD3E-04F7-46F8-BCAA-9C3A9121D541}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2032000" y="5547296"/>
-[...27 lines deleted...]
-        </p:style>
+            <a:off x="539750" y="1177701"/>
+            <a:ext cx="3744913" cy="327678"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Chapter XX</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Oval 13">
+          <p:cNvPr id="10" name="Textplatzhalter 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACB10538-C6B8-2448-8BBA-3845A7F18CB1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A1054CE-6247-4410-8F39-6F06FD1B72FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3108325" y="5547296"/>
-[...27 lines deleted...]
-        </p:style>
+            <a:off x="516820" y="1874469"/>
+            <a:ext cx="6071305" cy="2888361"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Chapter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0" err="1"/>
+              <a:t>titel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="5" name="Grafik 4">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B16EC95-CA0A-8F41-ACFD-F8BD0BCCBBF3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96754B90-6B59-440D-97C0-6E6E9B5EA759}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3436754196"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 columns with bullet points">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC24E76-DB01-4F9B-A3AC-7E65837F7552}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
-        </p:nvPicPr>
-[...1 lines deleted...]
-          <a:blip r:embed="rId13"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEEA2FE1-A577-489C-98FF-223D5D3DB82C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516890" y="531916"/>
+            <a:ext cx="8087360" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9B9DF61-78D2-4B4B-A444-99F049B9D8F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="1213658"/>
+            <a:ext cx="3744913" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point …</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A7094E5-21AE-4BE5-A259-BE7A96ACD864}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4859339" y="1213658"/>
+            <a:ext cx="3744912" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point …</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{822D6DE8-DA05-4BFD-83D8-937B39EB76B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="290342249"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 columns with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24FC925E-452D-4080-B210-EDC5BF740CB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516890" y="531950"/>
+            <a:ext cx="8087360" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51189432-5286-49FD-91D0-31E529DB5414}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="1180407"/>
+            <a:ext cx="3744913" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Text can be entered here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC36268C-854B-4803-9DE0-9F1941280059}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4859339" y="1180407"/>
+            <a:ext cx="3744912" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Text can be entered here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E04410D-F744-4715-A956-8005E093EAB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7400AC03-A31F-48B1-B112-5E28D7408C92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3544466482"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 columns - bullet points &amp; picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B39D15BC-B49C-45D8-949F-E4AA38C07FB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516890" y="531951"/>
+            <a:ext cx="3767773" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73010560-5CDB-444E-8FD2-675F9A9D8A8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="1213658"/>
+            <a:ext cx="3744913" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Bullet point …</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Bildplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA7D37BA-DF05-4662-A834-7972DD5F751D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4859339" y="554038"/>
+            <a:ext cx="3744912" cy="4313620"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bild einfügen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD10BF7D-4FA1-4CFF-870A-589A86545A79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4383C58E-AFEF-4269-BE0B-4C4AC8CE76EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="7746887" y="3742486"/>
+            <a:ext cx="2062133" cy="188210"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t>© Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4FE8C2B-C399-4FA2-949B-BA8515387E48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2671232998"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2 columns - text &amp; picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B39D15BC-B49C-45D8-949F-E4AA38C07FB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516890" y="531951"/>
+            <a:ext cx="3767773" cy="309167"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="004983"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans SemiBold" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Add heading here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Bildplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA7D37BA-DF05-4662-A834-7972DD5F751D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4859339" y="554038"/>
+            <a:ext cx="3744912" cy="4313620"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Bild einfügen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD10BF7D-4FA1-4CFF-870A-589A86545A79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6554224" y="5452789"/>
+            <a:ext cx="2057400" cy="262211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="de-DE"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="356616" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="713232" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1069848" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1426464" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1783080" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2139696" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2496312" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2852928" algn="l" defTabSz="713232" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1404" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A63F59B3-079B-614A-A46D-DBCA13C16B6F}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹Nr.›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4383C58E-AFEF-4269-BE0B-4C4AC8CE76EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="7746887" y="3742486"/>
+            <a:ext cx="2062133" cy="188210"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0"/>
+              <a:t>© Copyright</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1384E631-0E28-4532-97BC-55C656C1DA8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539750" y="1180408"/>
+            <a:ext cx="3744913" cy="3654000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="121000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" noProof="0" dirty="0"/>
+              <a:t>Text can be entered here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A875E214-3A0D-42F8-A28D-1C5E973A602B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3430110722"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId16">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
-        </p:blipFill>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1DB1176-0CF2-4531-9F14-57988F736C4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-[...6 lines deleted...]
-      </p:pic>
+            <a:off x="445208" y="5057323"/>
+            <a:ext cx="8166415" cy="125727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+                <a:cs typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The course title can be added here or field can be deleted on all slides via “Insert“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> “Footer“</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1184939123"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="184657714"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
-    <p:sldLayoutId id="2147483673" r:id="rId2"/>
-[...2 lines deleted...]
-    <p:sldLayoutId id="2147483670" r:id="rId5"/>
+    <p:sldLayoutId id="2147483677" r:id="rId2"/>
+    <p:sldLayoutId id="2147483672" r:id="rId3"/>
+    <p:sldLayoutId id="2147483662" r:id="rId4"/>
+    <p:sldLayoutId id="2147483671" r:id="rId5"/>
     <p:sldLayoutId id="2147483663" r:id="rId6"/>
     <p:sldLayoutId id="2147483664" r:id="rId7"/>
-    <p:sldLayoutId id="2147483672" r:id="rId8"/>
-[...1 lines deleted...]
-    <p:sldLayoutId id="2147483667" r:id="rId10"/>
+    <p:sldLayoutId id="2147483667" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483669" r:id="rId10"/>
+    <p:sldLayoutId id="2147483674" r:id="rId11"/>
+    <p:sldLayoutId id="2147483670" r:id="rId12"/>
+    <p:sldLayoutId id="2147483675" r:id="rId13"/>
+    <p:sldLayoutId id="2147483676" r:id="rId14"/>
   </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3300" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
@@ -3421,653 +5406,101 @@
       <a:lvl8pPr marL="2400300" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1350" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="2743200" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1350" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...490 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="MCINEU">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="004983"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="F49B00"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="004983"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="F49B00"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="004B51"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="4E7FA8"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="783F4F"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="CD943A"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="MCI">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Noto Sans SemiBold"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Noto Sans"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4473,86 +5906,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>61</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>0</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildschirmpräsentation (16:10)</PresentationFormat>
-  <Paragraphs>7</Paragraphs>
-  <Slides>2</Slides>
+  <Paragraphs>0</Paragraphs>
+  <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Verwendete Schriftarten</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Design</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Folientitel</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>0</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Univers Medium</vt:lpstr>
+      <vt:lpstr>Noto Sans</vt:lpstr>
+      <vt:lpstr>Noto Sans SemiBold</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office</vt:lpstr>
-      <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
-      <vt:lpstr>Guidelines for presentations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-Präsentation</dc:title>
-  <dc:creator>Microsoft Office User</dc:creator>
+  <dc:creator>Martina Geir</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>