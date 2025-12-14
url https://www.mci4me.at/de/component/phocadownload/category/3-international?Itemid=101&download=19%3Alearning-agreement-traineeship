--- v0 (2025-11-08)
+++ v1 (2025-12-14)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
@@ -66,76 +67,76 @@
         </w:rPr>
         <w:t>FOR TRAINEESHIPS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A39F6" w:rsidRDefault="009C2879" w:rsidP="003E76BE">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Academic Year 202</w:t>
       </w:r>
-      <w:r w:rsidR="00337890">
+      <w:r w:rsidR="00262FD3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00EC50B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00337890">
+      <w:r w:rsidR="00262FD3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00323C0A" w:rsidRPr="005F4977" w:rsidRDefault="00323C0A" w:rsidP="00323C0A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-992"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F4977">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Trainee</w:t>
       </w:r>
     </w:p>
@@ -397,73 +398,73 @@
           <w:p w:rsidR="00323C0A" w:rsidRPr="00BD54E1" w:rsidRDefault="003E76BE" w:rsidP="009C2879">
             <w:pPr>
               <w:ind w:right="-101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD54E1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="009C2879">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00337890">
+            <w:r w:rsidR="00262FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00EC50B1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="00337890">
+            <w:r w:rsidR="00262FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidTr="004D6490">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="000F7964">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Study cycle</w:t>
             </w:r>
@@ -1455,135 +1456,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Bus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B76983">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B76983">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
+            </w:r>
+            <w:r w:rsidRPr="00B76983">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Bus</w:t>
+              <w:t xml:space="preserve"> Carpooling</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Bike </w:t>
             </w:r>
             <w:r w:rsidRPr="00B76983">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005E4CEB" w:rsidRDefault="005E4CEB" w:rsidP="00694FDA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1763,556 +1736,546 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sending Institution</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1768"/>
         <w:gridCol w:w="2567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidTr="004D6490">
+      <w:tr w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidTr="00A92A92">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="001C430A" w:rsidRDefault="005D737F" w:rsidP="007C6E87">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="001C430A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="120"/>
-              <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C430A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCI Management </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001C430A">
+              <w:t xml:space="preserve">MCI </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C430A">
+              <w:t>| The Entrepreneurial School</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F70AC0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Innsbruck</w:t>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="00BD54E1" w:rsidRDefault="00323C0A" w:rsidP="00165E53">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="00BD54E1" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidTr="004D6490">
+      <w:tr w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidTr="00A92A92">
         <w:trPr>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Erasmus code</w:t>
             </w:r>
-            <w:r w:rsidR="00CD703B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Endnotenzeichen"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:endnoteReference w:id="4"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="007C6E87" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="007C6E87" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00ED2C2B" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED2C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>INNSBRU08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="00BD54E1" w:rsidRDefault="00323C0A" w:rsidP="00750AD8">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="00BD54E1" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidTr="004D6490">
+      <w:tr w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidTr="00A92A92">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="001C430A" w:rsidRDefault="005D737F" w:rsidP="001C430A">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="001C430A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C430A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universitätsstr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001C430A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. 15</w:t>
             </w:r>
             <w:r w:rsidRPr="001C430A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>6020 Innsbruck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="005D737F" w:rsidP="00694B65">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="000F7964">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="005D737F" w:rsidRDefault="005D737F" w:rsidP="00BD54E1">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="005D737F" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D737F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Austria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidTr="004D6490">
+      <w:tr w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidTr="00A92A92">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="0017308B">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Contact person</w:t>
             </w:r>
-            <w:r w:rsidR="00CD703B">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Endnotenzeichen"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:endnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00714A4B" w:rsidRPr="008C192A" w:rsidRDefault="00714A4B" w:rsidP="001A5CE7">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kerstin Maier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRPr="008C192A" w:rsidRDefault="00323C0A" w:rsidP="0017308B">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="008C192A" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t>person</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C192A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:br/>
               <w:t>Email / phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcW w:w="2567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00323C0A" w:rsidRDefault="00C312FF" w:rsidP="001A5CE7">
+          <w:p w:rsidR="00A92A92" w:rsidRDefault="00262FD3" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="001A5CE7" w:rsidRPr="00836A07">
+              <w:r w:rsidR="00A92A92" w:rsidRPr="00836A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:lang w:val="fr-BE"/>
                 </w:rPr>
                 <w:t>Kerstin.maier@mci.edu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="001A5CE7" w:rsidRPr="00714A4B" w:rsidRDefault="001A5CE7" w:rsidP="001A5CE7">
+          <w:p w:rsidR="00A92A92" w:rsidRPr="00714A4B" w:rsidRDefault="00A92A92" w:rsidP="00A92A92">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-77"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t>+43 512 2070-1622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00323C0A" w:rsidRPr="007C6E87" w:rsidRDefault="00323C0A" w:rsidP="007C6E87">
       <w:pPr>
@@ -12474,141 +12437,141 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the </w:t>
       </w:r>
       <w:r w:rsidR="00F40329">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sending Institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00F40329">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="4">
-    <w:p w:rsidR="00CD703B" w:rsidRPr="00B315CE" w:rsidRDefault="00CD703B">
+    <w:p w:rsidR="00A92A92" w:rsidRPr="00B315CE" w:rsidRDefault="00A92A92">
       <w:pPr>
         <w:pStyle w:val="Endnotentext"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rStyle w:val="Endnotenzeichen"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Erasmus code:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> a unique identifier that every higher education institution that has been awarded with the Erasmus Charter for Higher Education (ECHE) receives. It is only applicable to higher education instit</w:t>
       </w:r>
-      <w:r w:rsidR="00070F0E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ions located in Programme Countries.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="5">
-    <w:p w:rsidR="00CD703B" w:rsidRPr="00B315CE" w:rsidRDefault="00CD703B">
+    <w:p w:rsidR="00A92A92" w:rsidRPr="00B315CE" w:rsidRDefault="00A92A92">
       <w:pPr>
         <w:pStyle w:val="Endnotentext"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rStyle w:val="Endnotenzeichen"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00921F82" w:rsidRPr="00921F82">
+      <w:r w:rsidRPr="00921F82">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact person at the </w:t>
       </w:r>
-      <w:r w:rsidR="00F40329">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sending Institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B315CE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> a person who provides a link for administrative information and who, depending on the structure of the higher education institution, may be the departmental coordinator or will work at the international relations office or equivalent body within the institution.</w:t>
       </w:r>
@@ -13885,119 +13848,50 @@
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00E76EFD" w:rsidRDefault="00E76EFD" w:rsidP="00323C0A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00797229" w:rsidRPr="00A55764" w:rsidRDefault="00ED2C2B">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...67 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="183CC1D6" wp14:editId="6DE4F46C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3843655</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>177800</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1942465" cy="499745"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
@@ -14236,122 +14130,171 @@
                     <w:r w:rsidR="003A39F6" w:rsidRPr="006852C7">
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:b/>
                         <w:i/>
                         <w:color w:val="003CB4"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> name</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00797229" w:rsidRPr="00A55764">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Erasmus+ Learning agreement HE traineeships – </w:t>
-[...15 lines deleted...]
-      <w:t>21</w:t>
+      <w:t xml:space="preserve">Erasmus+ Learning agreement HE traineeships </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8838" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7519"/>
       <w:gridCol w:w="1319"/>
     </w:tblGrid>
     <w:tr w:rsidR="003A39F6" w:rsidRPr="00967BFC" w:rsidTr="00104374">
       <w:trPr>
         <w:trHeight w:val="686"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7519" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="003A39F6" w:rsidRPr="00AD66BB" w:rsidRDefault="003A39F6" w:rsidP="00C02611">
+        <w:p w:rsidR="003A39F6" w:rsidRPr="00AD66BB" w:rsidRDefault="00A92A92" w:rsidP="00C02611">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="0"/>
               <w:tab w:val="left" w:pos="1134"/>
               <w:tab w:val="left" w:pos="3261"/>
               <w:tab w:val="left" w:pos="4253"/>
               <w:tab w:val="left" w:pos="4678"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00AD66BB">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21AE90C7" wp14:editId="40F4EE6C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-36195</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-126365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2009775" cy="421005"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Grafik 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="5" name="EN-Funded by the EU-PANTONE.jpg"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2009775" cy="421005"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
+          <w:r w:rsidR="003A39F6" w:rsidRPr="00AD66BB">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="003A39F6">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1319" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="003A39F6" w:rsidRPr="00967BFC" w:rsidRDefault="003A39F6" w:rsidP="00C02611">
           <w:pPr>
             <w:pStyle w:val="ZDGName"/>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
@@ -16217,51 +16160,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="54273"/>
+    <o:shapedefaults v:ext="edit" spidmax="58369"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00323C0A"/>
     <w:rsid w:val="00010CB0"/>
     <w:rsid w:val="00015A5A"/>
@@ -16270,50 +16213,51 @@
     <w:rsid w:val="00070F0E"/>
     <w:rsid w:val="0007287C"/>
     <w:rsid w:val="000C4C1C"/>
     <w:rsid w:val="000F5ABB"/>
     <w:rsid w:val="000F74FE"/>
     <w:rsid w:val="000F7964"/>
     <w:rsid w:val="001028F9"/>
     <w:rsid w:val="00104374"/>
     <w:rsid w:val="001210BB"/>
     <w:rsid w:val="00125822"/>
     <w:rsid w:val="001612D3"/>
     <w:rsid w:val="00165E53"/>
     <w:rsid w:val="0017308B"/>
     <w:rsid w:val="00177F72"/>
     <w:rsid w:val="001913F5"/>
     <w:rsid w:val="001A5CE7"/>
     <w:rsid w:val="001B03CA"/>
     <w:rsid w:val="001C430A"/>
     <w:rsid w:val="001E6419"/>
     <w:rsid w:val="001E7799"/>
     <w:rsid w:val="001E7F74"/>
     <w:rsid w:val="00215EF6"/>
     <w:rsid w:val="002229B3"/>
     <w:rsid w:val="002376A2"/>
     <w:rsid w:val="00257604"/>
+    <w:rsid w:val="00262FD3"/>
     <w:rsid w:val="00264BD1"/>
     <w:rsid w:val="0028420D"/>
     <w:rsid w:val="00284ABB"/>
     <w:rsid w:val="002953A3"/>
     <w:rsid w:val="00295A9C"/>
     <w:rsid w:val="002968C7"/>
     <w:rsid w:val="002A3C5A"/>
     <w:rsid w:val="002B240C"/>
     <w:rsid w:val="002B4614"/>
     <w:rsid w:val="002C6087"/>
     <w:rsid w:val="002C6166"/>
     <w:rsid w:val="002D4BF9"/>
     <w:rsid w:val="002D5E6C"/>
     <w:rsid w:val="002D5FB8"/>
     <w:rsid w:val="002F2CF6"/>
     <w:rsid w:val="002F7559"/>
     <w:rsid w:val="00302A87"/>
     <w:rsid w:val="00303B57"/>
     <w:rsid w:val="003042E9"/>
     <w:rsid w:val="0032251B"/>
     <w:rsid w:val="003226B4"/>
     <w:rsid w:val="00323C0A"/>
     <w:rsid w:val="003327D8"/>
     <w:rsid w:val="0033449B"/>
     <w:rsid w:val="00337890"/>
@@ -16403,50 +16347,51 @@
     <w:rsid w:val="008D6987"/>
     <w:rsid w:val="008F28FF"/>
     <w:rsid w:val="00914643"/>
     <w:rsid w:val="00921F82"/>
     <w:rsid w:val="0096561C"/>
     <w:rsid w:val="00970137"/>
     <w:rsid w:val="0097708E"/>
     <w:rsid w:val="009800B8"/>
     <w:rsid w:val="00983A7A"/>
     <w:rsid w:val="009900DB"/>
     <w:rsid w:val="009954AB"/>
     <w:rsid w:val="009A1ACE"/>
     <w:rsid w:val="009A29F0"/>
     <w:rsid w:val="009C2879"/>
     <w:rsid w:val="009D346D"/>
     <w:rsid w:val="009E0BC1"/>
     <w:rsid w:val="009E69C7"/>
     <w:rsid w:val="009F4270"/>
     <w:rsid w:val="00A03F2A"/>
     <w:rsid w:val="00A3312C"/>
     <w:rsid w:val="00A33525"/>
     <w:rsid w:val="00A34806"/>
     <w:rsid w:val="00A55764"/>
     <w:rsid w:val="00A7359E"/>
     <w:rsid w:val="00A75E9A"/>
+    <w:rsid w:val="00A92A92"/>
     <w:rsid w:val="00AB3DF9"/>
     <w:rsid w:val="00AB6234"/>
     <w:rsid w:val="00AC190D"/>
     <w:rsid w:val="00AC2D76"/>
     <w:rsid w:val="00AC493A"/>
     <w:rsid w:val="00AE5748"/>
     <w:rsid w:val="00B115AF"/>
     <w:rsid w:val="00B274A6"/>
     <w:rsid w:val="00B315CE"/>
     <w:rsid w:val="00B36C97"/>
     <w:rsid w:val="00B47173"/>
     <w:rsid w:val="00B636E2"/>
     <w:rsid w:val="00B80F50"/>
     <w:rsid w:val="00B85957"/>
     <w:rsid w:val="00B877F9"/>
     <w:rsid w:val="00B957DD"/>
     <w:rsid w:val="00BA08E0"/>
     <w:rsid w:val="00BA0E05"/>
     <w:rsid w:val="00BC09F1"/>
     <w:rsid w:val="00BC13C2"/>
     <w:rsid w:val="00BC14CE"/>
     <w:rsid w:val="00BC1E43"/>
     <w:rsid w:val="00BC26E2"/>
     <w:rsid w:val="00BC5E7D"/>
     <w:rsid w:val="00BD072E"/>
@@ -16504,58 +16449,58 @@
     <w:rsid w:val="00F2537C"/>
     <w:rsid w:val="00F25E16"/>
     <w:rsid w:val="00F40329"/>
     <w:rsid w:val="00F808D1"/>
     <w:rsid w:val="00FA3B72"/>
     <w:rsid w:val="00FB2CD5"/>
     <w:rsid w:val="00FD6FDF"/>
     <w:rsid w:val="00FE1ACD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="54273"/>
+    <o:shapedefaults v:ext="edit" spidmax="58369"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="09E8B4B7"/>
+  <w14:docId w14:val="609F8C14"/>
   <w15:docId w15:val="{1C71E653-0C57-4544-94C9-D5A61308BAB3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17441,55 +17386,55 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerstin.maier@mci.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://europass.cedefop.europa.eu/en/resources/european-language-levels-cefr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/education/tools/isced-f_en.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/education/tools/isced-f_en.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17742,101 +17687,101 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95365316-76CE-4AD7-8B05-6133953D09D9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8227E9BC-4D63-46BF-802C-DB660255CA66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
   <Words>1414</Words>
-  <Characters>8909</Characters>
+  <Characters>8910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>74</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10303</CharactersWithSpaces>
+  <CharactersWithSpaces>10304</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>917518</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://europass.cedefop.europa.eu/en/resources/european-language-levels-cefr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>