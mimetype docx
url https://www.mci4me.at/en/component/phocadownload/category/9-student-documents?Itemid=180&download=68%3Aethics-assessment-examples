--- v0 (2025-10-08)
+++ v1 (2026-03-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3985A62A" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57446703" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7630D4A0" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1623,50 +1623,52 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4A58EA84" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50299DA6" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6791BF05" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D5A1B3A" w14:textId="3D2C6841" w:rsidR="00796E49" w:rsidRPr="00E44A4F" w:rsidRDefault="00D34BAB" w:rsidP="00654408">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2059"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -2980,65 +2982,51 @@
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2058"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You might decide after the interview that you are no longer happy for your information to be used. If you decide to withdraw after the </w:t>
       </w:r>
       <w:r w:rsidR="009828DC">
         <w:t>research project</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and contact </w:t>
       </w:r>
       <w:r w:rsidR="009828DC">
         <w:t xml:space="preserve">the researcher </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidR="0060341A" w:rsidRPr="0060341A">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">[insert duration, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> two weeks]</w:t>
+        <w:t>[insert duration, e.g. two weeks]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the interview, your data will be destroyed and not used. After this point, the research analysis of the data will have commenced, and your data will remain in the </w:t>
       </w:r>
       <w:r w:rsidR="009828DC">
         <w:t>research project</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCD9CB9" w14:textId="381CF27E" w:rsidR="00796E49" w:rsidRDefault="008F50B2" w:rsidP="00D34BAB">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2058"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Deciding not to take part, changing your mind or withdrawing from the </w:t>
       </w:r>
       <w:r w:rsidR="009828DC">
         <w:t xml:space="preserve">research project </w:t>
       </w:r>
       <w:r>
@@ -3604,123 +3592,124 @@
       <w:r w:rsidRPr="002A48B1">
         <w:t xml:space="preserve"> If conducted online, the interview will be recorded using a video-conferencing software</w:t>
       </w:r>
       <w:r w:rsidR="0060341A" w:rsidRPr="002A48B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0060341A" w:rsidRPr="002A48B1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>[insert name of software]</w:t>
       </w:r>
       <w:r w:rsidRPr="002A48B1">
         <w:t xml:space="preserve">. The recording will be downloaded to a hard drive immediately after the interview and deleted from the video-conferencing platform. If conducted face-to-face, the interview will be recorded on </w:t>
       </w:r>
       <w:r w:rsidR="009828DC" w:rsidRPr="002A48B1">
         <w:t xml:space="preserve">the researcher’s </w:t>
       </w:r>
       <w:r w:rsidR="00553EF8">
         <w:t xml:space="preserve">mobile </w:t>
       </w:r>
       <w:r w:rsidRPr="002A48B1">
         <w:t xml:space="preserve">phone, with the sound file downloaded to a hard drive immediately after the interview and deleted from the phone. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC80046" w14:textId="1057DA5A" w:rsidR="00654408" w:rsidRPr="002A48B1" w:rsidRDefault="00654408" w:rsidP="00D34BAB">
+    <w:p w14:paraId="2CC80046" w14:textId="1D5B75AC" w:rsidR="00654408" w:rsidRPr="002A48B1" w:rsidRDefault="00654408" w:rsidP="00D34BAB">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2058"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t xml:space="preserve">The data will be </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002A48B1">
+      <w:r w:rsidR="0002020A">
+        <w:t>anonymized</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> during transcription and audio</w:t>
       </w:r>
-      <w:r w:rsidR="00E502A1" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="00E502A1">
         <w:t xml:space="preserve">/video </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
-[...2 lines deleted...]
-      <w:r w:rsidR="0027601B" w:rsidRPr="002A48B1">
+      <w:r>
+        <w:t xml:space="preserve">files will be deleted </w:t>
+      </w:r>
+      <w:r w:rsidR="6EFE8227">
+        <w:t>4 weeks after passing the final exam</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Transcriptions will not be stored with any names or other identifying information</w:t>
+      </w:r>
+      <w:r w:rsidR="0027601B">
         <w:t>. T</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t xml:space="preserve">he transcripts will be accessible </w:t>
       </w:r>
-      <w:r w:rsidR="0027601B" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="0027601B">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t xml:space="preserve"> the researcher</w:t>
       </w:r>
-      <w:r w:rsidR="0027601B" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="0027601B">
         <w:t xml:space="preserve">, their supervisor, and other MCI </w:t>
       </w:r>
-      <w:r w:rsidR="000A3D10" w:rsidRPr="00093BC6">
+      <w:r w:rsidR="000A3D10">
         <w:t>staff</w:t>
       </w:r>
-      <w:r w:rsidR="0027601B" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="0027601B">
         <w:t xml:space="preserve"> responsible for evaluating the research project</w:t>
       </w:r>
-      <w:r w:rsidR="00E502A1" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="00E502A1">
         <w:t xml:space="preserve"> and/or managing the data</w:t>
       </w:r>
-      <w:r w:rsidR="0027601B" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="0027601B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t xml:space="preserve">If, for any reason, you would like a copy of the transcription of your interview, you can request this by </w:t>
       </w:r>
       <w:r w:rsidR="00C71309">
-        <w:t>contacting</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002A48B1">
+        <w:t xml:space="preserve">contacting </w:t>
+      </w:r>
+      <w:r>
         <w:t>the researcher</w:t>
       </w:r>
-      <w:r w:rsidR="009828DC" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="009828DC">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="009828DC" w:rsidRPr="002A48B1">
+      <w:r w:rsidR="009828DC">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A48B1">
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FBF51F4" w14:textId="04EC1924" w:rsidR="00654408" w:rsidRPr="00BC0EAD" w:rsidRDefault="00654408" w:rsidP="00D34BAB">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2058"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002A48B1">
         <w:t xml:space="preserve">All information generated by the project will be stored in line with the requirements of the </w:t>
       </w:r>
       <w:r w:rsidR="009828DC" w:rsidRPr="002A48B1">
         <w:t>General Data Protection Regulation (GDPR)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A48B1">
         <w:t xml:space="preserve"> and MCI’s Research Ethics Committee requirements. Any publications or </w:t>
       </w:r>
       <w:r w:rsidRPr="002A48B1">
         <w:lastRenderedPageBreak/>
         <w:t>presentations arising from this project will not identify you by name, with pseudonyms being used instead.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0EAD">
         <w:t xml:space="preserve"> </w:t>
@@ -4018,110 +4007,136 @@
         <w:t>Supervisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503256DF" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRPr="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="00A60BD4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2059"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A60BD4">
         <w:t>Name:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="363B8B18" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRPr="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="00A60BD4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2059"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A60BD4">
         <w:t>Tel.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2553E8A5" w14:textId="5138058F" w:rsidR="002A48B1" w:rsidRDefault="00A60BD4" w:rsidP="00A60BD4">
+    <w:p w14:paraId="2553E8A5" w14:textId="3C50736B" w:rsidR="002A48B1" w:rsidRDefault="00A60BD4" w:rsidP="00A60BD4">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2059"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A60BD4">
         <w:t>eMail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A60BD4">
         <w:t xml:space="preserve"> address: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00BB5B77">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>name@mci.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D3A2FB7" w14:textId="77777777" w:rsidR="002A48B1" w:rsidRDefault="002A48B1">
+    <w:p w14:paraId="2E49EE6C" w14:textId="77777777" w:rsidR="002C4E8D" w:rsidRDefault="002C4E8D" w:rsidP="00A60BD4">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="2059"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3A2FB7" w14:textId="654C7568" w:rsidR="002C4E8D" w:rsidRPr="002C4E8D" w:rsidRDefault="002C4E8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C4E8D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4140FE42" w14:textId="77777777" w:rsidR="002C4E8D" w:rsidRDefault="002C4E8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580B1382" w14:textId="77777777" w:rsidR="002A48B1" w:rsidRDefault="002A48B1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="69EC6343" w14:textId="35E79C62" w:rsidR="00A60BD4" w:rsidRDefault="00954A16" w:rsidP="0071235D">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312304" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50875B17" wp14:editId="0F4F0EFE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4543425" cy="3238500"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="3804" y="0"/>
                     <wp:lineTo x="2717" y="381"/>
                     <wp:lineTo x="634" y="1652"/>
                     <wp:lineTo x="0" y="2922"/>
                     <wp:lineTo x="0" y="3431"/>
                     <wp:lineTo x="906" y="4066"/>
                     <wp:lineTo x="0" y="6988"/>
                     <wp:lineTo x="0" y="14612"/>
                     <wp:lineTo x="725" y="16264"/>
                     <wp:lineTo x="0" y="18296"/>
@@ -5081,91 +5096,91 @@
                                 <w:t>TS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MCI Univers 55"/>
                                   <w:b/>
                                   <w:color w:val="004983"/>
                                   <w:spacing w:val="-24"/>
                                   <w:sz w:val="15"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
-[...2 lines deleted...]
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+            <w:pict w14:anchorId="706D61C1">
+              <v:group id="Group 2" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:357.75pt;height:255pt;z-index:-4176" coordsize="7155,5100" o:spid="_x0000_s1026" w14:anchorId="50875B17" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAPqcJAGwMAAJkHAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0&#10;3jrOZemMJEXXrkWBXYq1+wBFlm2htqRJSpzs60dKdpo0w9YVe0hAXUgfHh5Ss/NNU5O1sE5qNafp&#10;6YASobjOpSrn9PvD9ckZJc4zlbNaKzGnW+Ho+eLtm1lrMjHUla5zYQkEUS5rzZxW3pssSRyvRMPc&#10;qTZCwWGhbcM8LG2Z5Ja1EL2pk+Fg8C5ptc2N1Vw4B7tX8ZAuQvyiENx/LQonPKnnFLD58G/D/xL/&#10;k8WMZaVlppK8g8FegaJhUsFHd6GumGdkZeVRqEZyq50u/CnXTaKLQnIRcoBs0sGzbG6sXpmQS5m1&#10;pdnRBNQ+4+nVYfmX9Y019+bORvRgftL80QEvSWvKbP8c12W8TJbtZ51DPdnK65D4prANhoCUyCbw&#10;u93xKzaecNgcT8aj8XBCCYez0XB0Nhl0FeAVlOnIj1cfO89pOuncJmn0SVgWPxlgdrAWMyN5Br+O&#10;KrCOqPq7pMDLr6ygXZDmRTEaZh9X5gSqapiXS1lLvw0KBXYQlFrfSY4s4wJYvbNE5tAxY0oUa4BJ&#10;OMavkjRFUfa3og/DnEJdiNKXFVOluHAGxA0BwL/fsla3lWC5w22s4GGUsDzAsayluZZ1jYVDu8sY&#10;+uOZvn5DWtTulearRigfm9GKGpLXylXSOEpsJpqlgCztbQ44OQwCD5kaK5WPnecs/wZphC503grP&#10;K8RSAKZuH+q8OwgJPGHG7Bwo95ViTCejqMQjSQHd1vkboRuCBuAHjEHlbP3JIVpA1V9BvEojiyGL&#10;Wh1swEXcCcgRa2cCdBxRMPNcTzqsjmj/p7a+r5gRgBLD7gnsfS+wB2zDD3pDpsh9dws7n/gNbKNm&#10;ELqLA+APqtpzjXFeVIR0OhhSAo0/HI2Gsfr9XJiM+1Kkg+koKLfv7iee/1spEH4sBVp+s9x0dCx1&#10;vgU2rIaKw1sBrxoYlbY/KWnhhZhT92PFcC7Utwpqhc9Jb9jeWPYGUxxc59RTEs1LH5+dFci/rCBy&#10;pFvpCxihhQyqQkARBegEFyCPYIX5D9bBA7O/DreeXtTFLwAAAP//AwBQSwMECgAAAAAAAAAhACjW&#10;X+PpnQEA6Z0BABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAJ6AAAD&#10;CwgGAAABrqQKSgAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEE&#10;nLSdAAD/pUlEQVR4Xuy9B7xlRbHvf8drFsWAihkjICpgQhFUDJhRRMygomIWFAWMY0RFEEZQGAQH&#10;ZhzgnDl7dVd1r33OzAGGOKQhD1nJYNZ773vv3vf+///7zP9Xe2rmnrDDynutffr7YTNVfdLea/Wq&#10;ruqurv6XYUJETyZyH7Pkp8j5jZ0XuxsN0Y9WWbubflsAF+UBFXOxYkX7MSqONhG7O1QsHWvta1eu&#10;XLmNqs3FkL9Nxcqw1v1KxQ5jY2OPX7x48YNUrT/j4+MPVbF0vPfbqriFlnMvUnEexvCfVKwfhvmN&#10;KlaGce4KFVNhnVut4vCBvXm0io0DI/0NKg6HKh/XJOAp+IyKqUCPPFDFasCIeouKtQIXcD8VU7N2&#10;7doHq7gwEIdbxUIh576hYvFg1HucikMHT8GVKhaO9f5NKhaPJVqvYmnAb3sw7NIHLfNiS+5k9IrD&#10;MVhtr1/uCkbk16tYf6Ko/VwVc4EL9FP4bTurmgv0mh+oWC+I/LtVLITIueUqFs6yZcse3iJ6laqF&#10;YYx5rIrZwOOxQcVMGHZWxcogcl9UsRD6RTiJiKamXqniFtj7A1TsiiG+VcW+4FG+BAPUjqoOxLA/&#10;QcWBbNiwoTBftd0uxnTNAu5EpOIW0OPWqNgVcvFP8M+iTVp+IvKRsXStql2Z8P45KuZi6dKlD1Gx&#10;ODZu3DhwtkNmRHLbkoRYdmeqOI+IuZZBAHoi36PiLLrNmFSFtXSXivWCvP+oipUDn/BQFTsgHt9a&#10;xZ5ERGeoOAu/evXLVEwNnqZnqJgNYu4ZCVjrzlGxcHDz9lexAx7JaRUzgScn0UDXDcTekyqmh5kf&#10;qeIsEEHso2Itsc6vU3ELzP67KlZDq9V6koqNxMbxy1XcAnrTe1Qsl149bxgUPQWFePsLKqYCT91F&#10;KqYHttCrOAu8mReqWBiRtbPCwF5/Ow/G+atULB90+5aKMjp+TMUtwMBfoGIhWO9fq2KHslbbrOWv&#10;qpgYjMr9R/S5bxY+1jzPH135ThW3kNQPlFkZy/7bqjaSnjcUPW3WZAIu1L4qzmNiYuJZKg6kZXv/&#10;nqTgMb5ExVzAnj5cxdRUvrCGR/t2FQsDnsHTVcyMpdlPFULCU1UcPrD3i9vtwXks6O1fc96fpOoW&#10;jE22BkzkYxUzkdTLWMk8OHWEXPw9FTsgwkg8XONiPUzFgUQ0eCHHOfd8FbeAnry3imUya9bIkD9Y&#10;xfKxnH40y4Kkwqk4C+PcW1RMhcxPqtgBvXJvPAHp3Bs8/7NmV4p0WjEIfUTFTODn36fiQGASCvcV&#10;U1N09DG2bt0jVMwEHt09VJxHxO5qFbfgfPtYFRMzaFK4LzDEuZ/zQU6uJf69igOBkz7vovQD3/85&#10;FbeQdCbZEP9BxeGBx2bWNA8RPU/FWRCdkyi7oDU5+RQVE9PPV+0GevWNKhZL2jfS73Ffun597vWE&#10;NWvWPFXFgSCunTV11c0zwOcrbZm1FCLLx6iYCcM+VQbW3IyGyPv3y7+4cAd1Gsokcm7eUmY/4DbM&#10;MtZ4dI9WcRZ4807FDi3mV6g4j1JWwapC8otVzELfZcu58SPs5sUqdsBFXokbcAYGhMO0KTNp1pGH&#10;xlw/MUsmFy7ih1XsCXmfyiXBU/F2FevN+MaN/6piJQyaPVmxYsVw94/gEfqgiqlBaHW5igPJY+Mm&#10;mHdQcQsbN24sLOMhF4boNBVLpcgQsbEDDhHfpGIqWq1Wz9E3KTJFNtZuP1HVZoLRektsm3vFfqGD&#10;UbL0FOAFgUQA1vu9rJvcB77c4cT+tM6LfCyTA2knCAKBQKAJUE23gdWambPPGDzeoWIgKZY5U36d&#10;MfaPKo4eUYoNNt3y7RY8RPQ7FVPTCo9xPqpItrHEqTLwx8fHh7ZbIBFRlw03g2gRvVnFDv3Wexcc&#10;6IV97SIGkFklUWZOQkTW3a1is0G8+hsVE0HMl6nYodfkZp02bi840to+kyIDohYw81IVO6AX9912&#10;Gjl3toqFU1YOdSrSbEPdDB7dWQtM1rnz5V/8rlnpv9xuv0vFvrRs9vWZmeBmfiztS380Hej2f1Gx&#10;MObmy6SByB2hYmaI/VkqJoao/RIV8wGn+nAVE1Pm40PE96s4j+XLlz9KxS3APcq1ny4T6L6566dE&#10;UfQEFWeRt64BnOKua9DdMqyY/ZdVTIWJ17xYxWLolqOcB8v8NxVzs3z56nm9TshjNgph7hvARXya&#10;iolIssiddFM0HPN5aWgYhHpGLniCUmel1gqzqS7CLDAa991HbMn3rHuQZGN1EViiTGvcPZk7QYqQ&#10;a2CFoMj536q4hbEZeXqLFw+usZAFPDFHqTg04AfP3z+CUfjZKnbAG+2Z+T42Nj+BPKLuo+BkhtTd&#10;buD9fE3F5jA2NpbIHibZnWRt+4Xo6buqOhTmul2woakL96D3vVrF+XQbEMoOlWAuHiuPxGItq4Ke&#10;PMtNgX6eirnAzZu1txkXb579LoTI8tdVnEnnwuLDbtfRZlB2tlQRSUV4/Aup/Tq+du1WKvbHen+z&#10;ilvAyHWviluA3bxQxdoyltIt60XqiWBj+2+Lx8Xrui8kMANj3byeWAVzt/3DDpKKiSgyoVMYZhGi&#10;TETsZ+0z6WZ7e4HBYV6snGcgtHb2zUzFoP3AGNnmFbipG0ML9ywlXyvBhZxV275qetW6xug7cEtF&#10;Kcx9hGaCOzqvasdmUm9YTgEuxqyEeHGfel24Ilwr2OFsiQNJDXC/DYfokU/tNU+YFPz+LfVqBPzO&#10;TpxtByS7w914nYqZseTXqlgMMOK7qziLpDsz0TNTrwH3u0HdwIXNXKFtJobduSoWg+XZmwa7ISFg&#10;2g8syCCFm/MyeckugF6z0P0w1hZ2akOuMlN4RLIP1zMgdj3XMooCF7zwgty4eNmrphfV/ecCB3Te&#10;nGEevPe7qFgoxs0PXXODx6uUnUGG3KF4w3cT+U9q0xacc3vioo9vnoHBjb2m84USQUhazLLmTCxR&#10;6W88CUsLriRSCb18q7oAO/8tFTMDG1qKKZhFLXJOuoBH7jUqZsKmLLCRC9yp76s4NBARFHLSoXGT&#10;wztKI3Ku0NE0Dez9T1XMTG2epomCfMU0dFuniYgSLQbhCarntlxybl7tvyqZO+HaWIjcL1QcOogk&#10;KilfUBrW+a4HFRSBtbMzYjcTUacA2cDcnMYhC+2WeYWquYHrUvgRQI3EEH1TEnusa/f0xaampp5h&#10;mFvMboPMK2pzYCbW+r2Y+QQ51VpOt0bM+2+IjVfhwn2grBi8UUTWHUJ+8kOqBvohvmHe6ftuwO59&#10;XMUtjDM/M7L2PlWbiWSwlu3Z4298WsWeWHaF7zIojSrPTk/D+gKqZZaGMUNaU50BXKHFKvalNvOG&#10;GAWHUsSw22JS2uXJLAtShWBc9Uc6zoRc3LWEaFomCt6i0QiYJ3uny2bAurjcar25lu5KpqCZ4vLi&#10;4qJz5oqEfHGnJ2RZ4K8NzO1XkJxUvfnE6jklRuE/ln4TZclUxXqS9DjcYZF142HfXDj0hJ4nofbD&#10;Wv6KiqUgkwkqFsbU1FS6utiG/a9V7ElEm0qjJ4EnJ1+qYmXg5n9KxdwMKp08iNSjUFIHVE5bKPNA&#10;UnSE61TMBT5P9g2LCL8+oOJABh2rXfRSprX20XDa+67NRpSxfsEMiGgnFdODNzCvZunM6ruW3fUq&#10;zmNQ5mdSLNGs6aa5E6T9DiUoAoSAx6mYnm6r+BjW/6riPPBIGhWLYtY0F35/W8V59JoSS3o0Wi/Q&#10;STINmInBo1n4gXlZ2Ly5cC6pR9E5lJIclWRb/jCAw12fSVEYz1kbpofBTHs7DKzNkIg0Pj3dc9gu&#10;c1I0YvcnFTvA3mVK9i4yvEu1o7LVag3cSm85LmxxeyZF2hk8OaeoWA0YBLouuPQ4+bT2aQ/wEmYd&#10;y5uVgRFZmduoslDUwIQ4vdwNi1mHdclPUXEgcH7/sHp198pA3SD24yrmxhD9SMUOzJw6Fj/xxBOT&#10;bcXvRTdDjDvb00nOa3fECUZoVsgB9XNX1Mi5H6o4EHxGVnE2URQ9V8UOlvmzKnYFdnHeAXRRNPtc&#10;3jJWrfC+Kj8dmrhPtco4jl+gYgfmONHkAH7prLqmm8EHPFLFrkhPMuz+Ez0y82aTIm9Mr2WHVo/8&#10;wMIYS+hEp3k8NoOf+aakm6k6D3buUhVTE9HsGR9eu3ZLSSVrE1ZON3OKcWXe6NsD9MJ/qjgQePKz&#10;/rZtt7fYOZmOUnEWRdaNGcrCF3rHrOMWhVNPTV9l3Dg3azTsBv5WYSdJz11wSkWaQ+16Qc73rIxb&#10;9z1mhUUy8NUSn5K/mShqzxqhi8Q5t7OKPZnrMiV1qAufEZIRUMXM4E5ujRF0laq5iCJ6p4p9mTvq&#10;DoqQli6tQQra3IttZrg3Zmpq1m4cQ+5EFXuCi5675HA/jDGPVbFYEDinmg3GiPwmFTvAhg9cwsTP&#10;9D15Bh+usCXEmXC7XepaR+3IYn/hEs2KAmTbgor1AW9yVv0+9JiedaMG2dGxqanHS8Vyw35W3VHL&#10;+XdAVgIuRuYQBKPWwEHGspsVi0bT00+Aw7uXqj1Je1QFc7J6+LXBualEB8eT91MqpqKVYMoIju4y&#10;FesNelGeTXqZfKtejiyikaHUCyyEwk4VSIDl+BMqIqDn5p/AihizkCKpScGgcrqK9WDuISRlMDY2&#10;Npqb8ChFocKsuWtLK6ox3zhkJR9ux/Z6QvShkle85YRoPSVavzUQCASGDqcoDwmndE8VU1F2bfqh&#10;kfWCpAEhVjPCp7TkmY7utZoVSIC4JCoOBC7LwJnkkYeZD1AxNZH3+6sYSAMe8ULq49UOylELimgy&#10;+2aPARBRI6KTVIOGLeigT7gwj7RdMq2EyNhM2zgLX48tm36zJnMXcuAazUvLKIpWy71IxWph71Nt&#10;8UTv+4OKHXBR5q25YoSddaYFBpsdVOwKeuFKFRtHod09zZkcm1m5cuX8U/MSkneXT+X0ykMuKnnG&#10;kE9UJwoD3qySnHhfL0Gv73qac6/X3JSN1LSs3bJOkBQ8agM3xlnmL6hYOIjNB560UBpF2BmO47ep&#10;OA9DlCobNM35Z7Czb1cxF0UcXtJBurCKqSiqzK5hzpwmC6p3U6zPX4/dlnSqH7GblX8CxzlSsRCW&#10;p9gPUgoIvRLtj8iyc3Gzn4geWfiyo/d+RxXzYeZsbSfOfnqoLPyo2BV/0UWPw987XtXMoLfXulZL&#10;amaGR8baUtIhirCvczO7crsqaUlahwmP9UUq5qLl3IEq5mLuSTAYJFOXmIPtnV+7eW52fK99CdbO&#10;30HI/N+bQHoxNwExCWlTzfqBHvcyFcthbgwa0ezEalyAeXWXcDHPVzE1EpHgb26Df/PtJhxAUbVE&#10;U6eoGDO/1O5memxgrhXdbFqr3U79vjPvGLCTk1uO9S8bRD4TKnaA3cxcRmlsbH61b0NuiYqjx9y1&#10;Xly8TDXirYvnLXvixmQyMYYLnIuE47pGxVpiu9TEg/+a6tTn3ETUfU9tVPeKh3PAzX6PitVQ9gg4&#10;gFmBPhGfpWJPysgehXdRSvmTLbRakwNrsKQFzuu9KnaYu41/JsZ0n43JWwmoZQs8Qw3+XNfVrs3I&#10;dHgRGwCTghBw1lrKTPBe89ZDzjbFNTk5vydFcw5OGpSSi55zi4qFIpW2Efn0NCdxHL9YxerBHUsV&#10;i1qi9Sr2hNkf4JxLtOElK5Wv2eIDvUXFDrhwmbeNz12OTILEzmKXJOaUV5YNexPeP0fF6oEDOmsj&#10;3lwQy6V6cxIKEdGTVS0N8r6U2evU4MN2rfMJrzrPmkIHQzTQxQgkRHxHKdwvlWxljVWbO3S+Ru6L&#10;kXX/q9diFG7GT1QMpKXIgQfRU+GVvhPPEleBZTemYqEkKa6YGdi7csvcJiRpuaWklHG0WE+m+9QN&#10;HRawe4epmAo8UZXXrh/2BME84B2kOvcbF7uQquG5MJy8bnyRiO+oYirmFn6oBXPr7ZVNxDytYiKI&#10;y4mrC8cyp05NS8vKLsuP3f5uy9pCy9dVhrg3cHxLDf5nQnH85s6/lK1yRq1BFDGdpO5KICEt515k&#10;iR+Q6fJ+I3iL+VNyKhRzXEp9qUAfVhmzpwwycuoVYuXvlRkxyawTbvRJeP1JOgXCx+FsaQiUzMaN&#10;i+Ajn9GybqLK5ZI0tMOR5M3GOvdB21BHBA/HWhV7MjExP9+qsygB69mE9KmRAYHzucb7XVRtOouS&#10;VKaIEhRT3UzL8hes94nO4w70QdInEJ/+UtWRg73/moo96ZY7mJa6n+BaC+Do72Cod4buqIHPO7CM&#10;aQEpNfMw1rWzFp0bKWiBPpWIerdVsSdVLHDIPDxRPDCjaCSQPU7DWvCoEzbByhMxF3a8VlIMO9tr&#10;h1IjkQ1xeJVeGa0pJLm5degA1rmTs65QDp0WN6TKeMUkSbWZu+Fp2CDwu1PF5mDj+KsqBhSTIMUc&#10;Fqf4w68Lwtr+Zy/Wjhbzz1SsLUuWLHkYOfcTQ/xfxvAJrdbgI6+SIgVb5IhU+HoDy77hPTSikBb8&#10;w0IOCs6EpPyn2bo+7Mlh5vg9uPl3jY2N1bpYF7H7M9Xg8PmktFqtF1W2fGnIfV/FLbBzVsWBWEu5&#10;T0fsxxjR8yJ2VzeugGMf2u32Y2AR76lzrW5JyHApyoClgsgPPFgab+A4FfuCJ+XBiOhyz2PJE2ec&#10;u72M6FB+t+zhxE3/Pv7GpZKeRMyXGaJT0HaY1FCb+ZI2OTEXHf8OWK57ZTO+Yf68VKsq40E4y5hn&#10;4G9krrxQFrLujE5YmMuSCpjhJ0nnUrUv6NCpJjjlJuLm5s6ZlephhvxtSc4GK4pBR+jnTeWSn7fk&#10;ByYqVMWZRE8e2laKNNMFq/ocjm693w1Rc7JztucAC/RO3BSZ2hjqECyWUcWeRHPK0nUyV4hukHlS&#10;bUoFrO4JdTigOSL/bhWrx7I/RsW+wJfccqw3Ou4H0xZXlLM3LfMlqtYKfJ5DVOwKhuvPqdgX8fkw&#10;9N+ZdvJXcuDHEyzplQned+bSjLmQIWfZsmWFLmaLZajNvu+cyMyBiqkxlv6oYiKGnSmEUWBWkYbK&#10;wDDYt7joIIzxn1wOn1LVRhBZ+oeKXYH/WVgVHDyMH8VDmTgNCx2xlI3Ng7A22WhYCkTuOyoOBH7P&#10;wXWe8R/EoOkR+KQ9K57nQcoLJE3Th384qWKloBNWd2JPa/XqJ6EjpYqAYBkeXdkkZsHgIetbHJeo&#10;Pb8QbgnA52yr2JcoY8X7PKQtKpUamX5J2+nmAl9h4KESdYPIv1XFrsDifEbFSpARBEPzwOgT76vS&#10;8o2tVpdq1EWwytpdVeyJtXQt/I+BBxTJEAZLWFk53TLBsPh8FYdCxN3rnM4EPvrAhYUiGR8vKCJP&#10;Ms/XYl6qYocV7fZjkqwGoKMOz2FNCD7/vPLwM4El3zK1NEzgd92gYk+I+XoVSwdWN3uyMQKEeUek&#10;zcVY33cIjYgTnWRoOd1xblmRLYqwVIcQuxvRaTbIDcMNIcnN67zgt8Bf2tD5GtHl7P0B/Zb8YL0z&#10;1dQuE3yGgX4hgqPMp6+lwXj/OxWTY+O476kWEdEqFRNhXDwwKm5Zt4+KmZGNOmZAcFAk6Lyr4Q8e&#10;rGqtGHReV9lWkKamnod78U1VB4M3vLeKXRFfDc5upkQCnS4YOBTDP0nUscW/lAlqVWsD3v+rmH0t&#10;8h6d629EhKJmIOT3YLS4VtV0yAK9il1Bx7xSxVxgSDtXxZ5IOfa5HYtcfHTeSHsYYGjeDf7PwO2V&#10;ZUKu/3ysc37WibNJMdZdkTs9DL7NvOMpZlJGrWgEG0eq2BObY0sm/Mhfw+fIfBACrFeitLI0yI0a&#10;VtlAmlMBfy7w8Qeen4Xg6yBrsyWHdKXfMOrcZKnrd1HkdywiR46I/6ZiJUSWZp3we5Yx28EPTrXk&#10;iBFgzzQZ5EXR76wv6/2PVewgJXDhG56maqH0velwpAs9OrQfGNJTZUrI2nKZ2xIxnPScXsHDMtBH&#10;kiPBEFF+WNWBUBxXFiQJLeZXqDgP8v0n1EsHvb0Q/y4JMOWrVUyEMeb1KpZGv9w7WL1/VzERkoiJ&#10;B/mjqvYl7bXIA9yevidflAZ8j57JiXjqr1KxVOAEJ8p96wZu0qdVLBy8r9LWRYl9otM0MPy9ScVC&#10;kdHCks8WkRYBHN6eVZXwxkqv9wEf818H7Q1AhLir7TP0bUbm9VQsjKhPwiisRaqcu15gaHvv4gFu&#10;A6xvIUdPWaI/1D6ho4zobi6IuPrWqJNkVUTWs4oooiN+RMWurFxZzWx9GRgXf0/FnsDKn6xiIuA/&#10;XwAL15zqVRMTE6UfuzXIn4EVMyrOg9rtlwwKMFqG/6RiZuCI90zfn3vSf5Ggw/Q9sMCSYxXnAWv8&#10;g7kPbKMoM3IUjPe7qziPVqv1lKTTLZb6LwnJkL5u3brMqx79dmmVfY1WraKdVOzKBMWds1tkH0eu&#10;Rfs60aJyi8f0Oy+QEqz5diPiuG/WMKxs6n2wsCCz5rhmgt+X+az+tMjWSRVHm7KXq4zpncyIwCdX&#10;3TqanNxpkMWEv7glaowi90o435n2w1Y5GexcfIhYcFVHF5jv0jaewKL+U8V5wMrMyv/Lg7HurypW&#10;Ajlf6GoKET3bkDtc1YVB0VsgZ9JvBr1VUgmGiZTn2eUF1umhScqkzUV8x7QrOiOHZfdnFQsHT3PX&#10;M55lvmlZSdMAslaqYqVIHZgBmR1SGuR2+XeTGijN8lnrfqXiPCIavN8gC4gAL1BxaLRm+JMEywbL&#10;WHoh8EYCC1TeonyPnewyTKlYKMb7z6sYaAKyvKNiZQzKJ8uCtfQHFQNNQTbQOOdeJC9JFJX9uPLK&#10;OxSjg/VMFjCGWyoWSfCjAoFAIBAIBHpgiL5P5M/Q19SmF09b66+Vl9SKk5dl9zdyfqO8jPM3b37h&#10;+yN5GeajNr+scwfK79A/MQ/LfIzsCVA1N7bdfqGKgSYhnU/FyjDGrVGxMAbtugvUkHa7/TAVC6dX&#10;UUNjzGNVLJQFsQgfSEbEvueJNpHzv1WxaMKUS5MgjktZ6hJ67Rko0uebC1yJhXHe7CiAjvACFQuH&#10;+uTNUUnnz1qiKRUro0V0o4qpkDzEJK+Wcy/SHxk9uN3uWxgoD6bPmRWFdhTcJJUqQToFIvfFqpYG&#10;HuBrVBxNopKKWCfB8uzSDFmwrn8dYHSSzo48ie6daw88wKUXeFhiOTdN1dLB6FBp+Y+hUWbhmkGR&#10;qBzHrmIqyLkvqtgT733iMzEQiT+D+2zKgRU/TMXSqWLvdG1Yvnx5qhOC0jLo6CbD6RIOMBz13eVl&#10;rc1ccgIjwatVnAc686xjrcoA7724ClBNAcPTT1UshaXr10tRyZ5WMIqmnzBo15axfmAZj7GcZ/Bi&#10;eP2NivMgFyevspmSYbo/tWCQ/1QEhuKfqNgVa+dvLJfDAgcO38QPqJibftVOoyh6roqFQcM8UK9O&#10;cAWFuRFoDCwKCUtA8q8x9MlOQw9kPjF3Zcw54AHo+RBaW1yUK0GMij1ZsWJF6UFORHSGiuUz0IoY&#10;fqOKpULeH69iJhARDqykWQay1VHFTBAP/txVbQflYWxBmGDeQcWuYAjOXRk+CVIYCE52quwUfP+j&#10;y1ybFmCdv63iPDA6pK5rZ+L4U0kqESCq7uuWFInxvauVlc6grYYUx5UdbiIdamJiou8DsRly7ntl&#10;z7nZycm+9fG8P3dgYR6MIO+Cj5goQkZHqLROM0YNr+LwGLR8I9XGVSwNk+Lkym6UNSGLDt7TIlvm&#10;eZZR9r8QcapVCVzfm1WsDLzHzEXWC0esjopdIdfOXEG0H0uWtB9WRpV75vYe+Ey5q28iCu1bRRQB&#10;w/9cuXJl6hou4tK0WquHctawmZwcysb6gURR3DfRoMjMYWI38Fgs59yW2suSJT0xUUwNOli0JyLY&#10;+bh1frVmad8P63mjcf5ukY2lf8ffG8P37K8/khtqtz8Hn++ZqlYOgqQ3q9gVY9xJcGeO3fxCBBzh&#10;GrhuL/yuW3u+NOt97suy+7/49379c91Bp+hbCBx/PHXpsZnAKvWs4TITvNG+h5JY4r/IAr+qtUMm&#10;u42LMy0dFg06fd+iTHjoSq/BbZIeCWu930vFnhhj9lMxMXgDA38GnbtvCdxeyNEDLebri57zS4Lk&#10;KEbMdwxyX6omsrZnxK4sqiILHPc9/XTOoPrJshiPNz+wBIahwUdxCgg8Slm8l2klDKtXyoI9hpfX&#10;y3Gs+qWBSMdCp+rrbsh1ULEWyEMwaDYAgc7dKpaKZZ/9SNsxXPhBwxus1UHdvifJvJaQZd6sSqKo&#10;/2GIiHxrccifWLFBRyjImXZVWDsBD3wxmfL4RQPnhWBeD9icPk9x/MNOY38WNWVdE85031UNWJqn&#10;q1g5+NsPM97vompPEEBVdq3RFyZVLI6i5v1gLU9VsREY1/8AZbgola1MbAbBW6JlUET1PSvZlwGs&#10;72tVLAebIL2pG2LyVw3Ix6srvTZFbUaGNBVLhZy/R8W+YFTJVH86K/A1n7p4cbkV+2eR5kjSqi9G&#10;0Rjn+57zIecBq1g4sKyJazZHJZSiG4TNWGg9M4bjT6mYCjwh28OH6jvp2VTwubqWA84CXJNDkpas&#10;kwUCOuecwv52GpL4m4UScXsPFXMhxbGbtGdh0JyVieMlKmbCsEt1ihICwaGklQmyCqJiNcBqJV4z&#10;nZ6efkLa3EDZJ2GonMOFi0BO/1GxJ2PtdtdyId2wzJecmnJyuozDDtMgc59VnksiRxu8VMWB4Gmc&#10;t4YnN8S1syUowBpc3Gq1arN5+swBQyu57pPzGEb3NUR9J+57gYe+shOQ+oFI9tcqVgOc3UNV7Asi&#10;2a0STmAuQge9ReVMiH9jrL3ZlXSmRz94wCF9QsTuallpUDU1uI4PjWp0Vodx7lIV84Gh4w0q9gVP&#10;cOL5ITzVA8/G7UVnkpRdz+JCWZDVFUPuiMi5W6QWNPRXw7/MXG9aKmyho7+eiM8zJRyWvH79+ofg&#10;gSztVMusROw7e2kKBw7jO1WcRZrth2XVEoFf83PmeDROVuwCOf/bFlEiIzAMTJddhKUA67BSxX9h&#10;5xKfxYbh+CQVK2FsaurxMP9/nXDu+dpUezAi7IMR5OpBE9R1Ade3koSDzMCX2VfFWoHI8euwKP9J&#10;3h+sTUOnKaeg4572PDWqNsDalbZrv2nghr1DxZ7ggSjsdM2ikUSD8Y0bK8lwyQUu9CEqBmaA6/JU&#10;FXtS6ZxYAko6jKdUFhmu7+TvsEiUaub96SoODWJ3p4rNRuagTMXBRl2RHXgq9kWmalSsjIhdpqqp&#10;jcI4f4eKCxKboIIofL8VKpaG7F9BtHquqgsPZn6pte6Dqi4InHNPU7EvGDG2VrEwcL1X8Pr1ibYr&#10;LDisc+/DzXmfqiML/LqBO7Rg/c5UMTMR+TPQibdVNZAGGRo6x+vXeM9tFpLOfa5YkXznnFm79rFE&#10;VLslt5FCkhHgHN8SReWXnS0Ta9cMnHYh77seAyEjBJGvNj8u0B/ckNOoIVM8SZMrowTFzAMNwBj3&#10;Fkt8b8vaiTVrBluessDw+Jp+FU0DCxgZ2okmd9KF/u+Rj8flqP/Oa2ZRm81t+Loh903ZhC2lOPTX&#10;BAKzkQlcWJ1DpBISOwff3/bdtZ8XRJwfgitwQcT+/sj7j0rH1i8FRhWpXIqOdoVhP550V1fZWHI9&#10;j04INBRm3sMy/xuiw7dqU+2Atc1VLi5QBzZuXGQwXmIIG1TSqzbISo6KPYF/2SkJgmF6FXzH73Ya&#10;A8NFfCRL/gYzo/JoUxhbt67nATEzgdWeV7kKgc5heIVhumoicmdjmGr0MptLuF8F39c3zR9W8zhD&#10;9CVVA0VDtPrZhrmY7XY1oNfKxEySJJZuQVwNS/+lWiAvuEGnTJRdHmsIWPijKvYksvbnKqZCDpuB&#10;+/EWVQNpiJg39Dsor+m4NWsG7pRD58xVa9AY8+I67/WoFZY6JzyOVFbKXOCXJcqRiyL3ShVzsZJ5&#10;G3TAgRZ2QYILc5eKI88qa3dVsSdlpMWjw0sHzJ3zNxLIElKeEhNNxJKfUrEnHMdfVbFw0AF3sL5d&#10;+rGztcQY/hQRPU/VBQWRG1hbzzpXumWSdeqJiYlCTluqPXLsKLnqS6nWCTkSS8We4KGsbKnP2mRn&#10;lzQWRKrX4Z+RDhwGIQ+eij0ZhushAQ8sYKbpm9oyhiHVWjtyc3FZgCUbWGU0Iv9RFSsHQ/zJ4wlO&#10;eKo9xtJtKgYArP7A03EiolUqDoWNGzc+yJA/RdVmITVCXLs98tsW08Lsj1SxJ0T+QyoOFTwkwz8R&#10;PA2W4y+oGJiDVABVsStSR69OmcnLly9/FFH8GlXrj7G29KPpm4bcRBV7AivzNhVrBTmXq351pbSY&#10;g+WbwQTRJ1XsiUlRkbVqSjlErwzEScWwUXhNkGFgjHmGtf5NiPoOwtN/uCV38uaX6OKXyZAky1L6&#10;I/MwNDjQws39moq1BNdhF7gD9Y96mePUJ4APA0kjwutSS/5ydK4DtTk30hENucMNuzvI+49rc0/w&#10;oG6lYq2RfcEq1hdZj1WxFiDifg4sy+1csz0MkSsmG6Uq8CD9VsXqiNhdZ1Ocr0U8OOO2TGDNzsf7&#10;LW3hvQgs+69j2M50EtCwkI3sKpaPnXG+FoalxJXCjfG7q1g68EMejJt4j2RiaFOjEBel1ZDtj5Gt&#10;4IgC3My5J1YvSnqkpJTdR8BR6lotfLQYQcBILc/hmn8DgUmtq+zbMkulwbp9WsVZjI2NJT7BEENe&#10;4YcNywmDEfOVqo4ssoYqBYf233//Wpa+KGUzFsfxJ1TsCpF/v4oDMdbdrGIu8Df3x5D0WVULpXPO&#10;mjFvN4YnW+xuIef/A0PfBKzPYUTxO/EAvX3zC+/j4whUfoDOf558n5zPhuFnubV2N+ks+isLBVZ9&#10;db+pm2GBa3GhitWBHp/4zAQ40t9SMTURuc9JRSZVc9GxIuyPjJy/G53nAEkP0i8VRpnHSVnLxyFK&#10;r1XpWQy7l6tYHZRiyEu1bxQwt/eG1dlH1UzIWilcBhhdd3ZVc2aIpkuv7I6H/vQVK1YkLmFbNugH&#10;A7NwCgfDTKKEQqnghH8GBhviw+Hm/VLV1LRarScZ629GRx9KzTq8d9k51xO8v6fIv+g878Hr4jzD&#10;M4b+2hzxgM5X+dm7i4joVSr3BW+u77mouBGZLmTHslm6AZ32udo0NOAW7KZiV+Abfl3FLZD37yX2&#10;Z6mais5UUk0OXMawW22NF7FSSZ/cbqF4RPShNOf9bwY3+R24kcep2ggi6v3wiX/YwrCV1i0R4E7s&#10;O+hY+wpYVPnZw3hqEyc0zjzrAk/r9SomxrA/PfL1qwYvRyeo2JNWK1kBn8i5QxA1vlvVxBQ1i5AV&#10;PDSPzvLg5CJNpAv/ZM8km2FmIhPGZWx+LgpYnb47+KemphKfiL4ZRLGvRfT9YVUTgfvwgST5gGUh&#10;mTtlRvddwZN6tYqFQc4fK6UZVK0teJguVrErlvvPj/ZDOlNSX3ozcEV+rWLlGKLqj4IwFM9dassE&#10;nnQ5D60xezniOH6Bil1BxxlYVWAQiJpdGmtiyA9tAxZchdyfNzVwkl+hYmrkwlrigachNg3m9h4q&#10;5gbW9U8qDgQdfmjFHI3h96hYDYhyt84yR2UtfzXP3NawkPlDFbuCz1T4BLaMCFHUTjSFJA5/q91+&#10;uqqVAb/2GUuWLEl0pm9hWBenyu41zq9TsXFY689XsSsR894qFo6x9EcVBwLrt7+KlVHFas4s0vgX&#10;svCuYiPBxe1bWJGYp1UsBTjzB6s4EFi/yq81ucHFiwrBWJt6PglP460qNo5Wa7KzFNYLONqJM3qy&#10;0jmCtUc621ys82erWAlr16598NhY+umkVOSpSJQnk6WuVO2zIvC4XcW+pJl3LQLD/gQVi8dSnCs7&#10;dd26dY+QwETVRuCc21PFrpg4frGKlZF0aLfWTahYCdb7Y1QsjqigHejwQfZSsRFY8utV7Aosy1A2&#10;R8PyHapiX6zlyk5IkiLrhRZaT5IhIeurGEoTlUXFzWQVaw8Ci5+q2JUomp+RUhUT1r42yd4X5urm&#10;24zzxZQ8wZP1IxV7ItMJm2fcI+JEy2pDmfnOgGTnqDiPytcsu2CM2S5JAUgEd89WsXTwt3ZSMRvG&#10;Tw3cxhjFsRSnmfXUWRpc+V2eVAxT71K1kchNV3GojDM/c1DiAIbAxyfJsCmClnUfVDE9chbsoGwR&#10;WLq3SV0VVWeBTjWwdojMuNd5JUNyCVXsiqTeqzh02u320wetIiDy/IyKpYOgbOBI2RVy7osqdkUy&#10;gmX+RtWu2DVrBuZuDfo7RSGbf9DRd5NIL3J+g0wLdV7sxra8oEfsbpSXTA8MstxEca2Kjxvvdx80&#10;/MO/rqRANzre0zCupdt7bay7SsWuiDVMsgcXT6FsWhn4x1tEa1UsBFz8B8PingB/80qpr6LNhbN0&#10;QHHGYWA4/pSKPcl7xFVSjHHnqjgYWIaBJVZhORLv8MdwlGhNN+8E5MSEe35k+PYsCZlZEAuKwOuO&#10;8fHp2s1LYhQZuHIhJYZVLAWMKteJAVC1P3IxB5lqXOzU63Iw7wMt2v7j4/9qTLrJWHmvxO5v8r61&#10;aSjgJu6S5DNWiRlQigLX7HUqFooUHNeRLjnoVMeq2BXKkUfH8KtU7EmL+aUINgaWdRD/sk6O/Uzg&#10;H25Iemp32Vhu9y3fRsz/pmJuiKSoZYYpm0HpLeiUh6mYGfyNxSr2xFo6WcV5yLFJ5OJqMiFyAndk&#10;XaGz+BkZlEto2+0XqpgJY8wb0eHeq2o6Bl0gmfKQgELVzMjvmZgY7OwjKJi1UiJTNng6a1UUMinD&#10;TE8XMDL03V6QteNhqH4mjFG+bRDW9h+2IvYDLVVSOpOuCZZ54KN0ClxbogsH+Z2DwEV6KaLci/G6&#10;FL93YBlZCVBS+yl9kB13xvBRqlYOhv++GS34+v0qDkT8aVzHNapmp+Xcvip2ZVCnzAKirs+p2BP5&#10;gBiaM1WQmvD+OZGlfy/qgOK5JI7W5gDrszKJD1sG3G73DCbkPQ36TJ2VpgRFxxPTb12tzOQ+dKzk&#10;czwJWLx27YNxY/85aFI7CYYGBVmrn91JiiBOnSaGm7wVIr/SE0fnMsjxJ9c7caPQDifgRvXNErHW&#10;983MyEuSrJdB4IK+1bAvtLR/v/Jc3dY7Dbs1afcGG+f7TtKXAVH/WtfOuZ1V7ID+0Ra/XNVqwDBX&#10;SR4Xkc+0PY/j+G3wNUo5AgHWuGcaEfvJnuudEbnfjqWYwIbFvETFyugX5eJedPxq4+Kj8X3l7FrD&#10;E9e3ehN6eiVFAiWiTnO6tFicLJPYaRD/UsV5tIj/qWJPYMkTV1AnckckyakrCny2voWQiiqUmQlY&#10;u8qeRLupEMyuqvZFS+KXepMkPV/FrhjjX6ZiX0491T4aQdQ3VO2LBHhVBh3ky9+c1BXcwJ5p7EU4&#10;50mR+sSrUiQNysK/iqWBznKSioUAfzHRUhqs+J55p42Sgo6eqKpVpeBC9d1jUBTSwSNup94IDQe5&#10;1INAMEz2rHHnJidfr2IqVq2yL29N9t8iKZTls85FUsCKnKdMRES9jw/q59sUTdJhqBtw4kvL4evn&#10;4yCC/ruKqZEHDT8/cPIaDn5plZisdT8fWmVVmpp6norzMBVZOzzZfUt+DULOhxifLicdqd9w1yJ6&#10;g4qZwZA6cCg3xH9RsRDItT+3yvYvozs0qvIvkpzTb50/f9CEJ6zzq1UsDPzOZ6pYKrA8W47y6gUe&#10;ztwbsqOI97YDVqaGjkyCqlgaiF4HVmvfnAxgvH/ZoEAH31to9A2L/zsV54FOWehZaoOygYSsfpid&#10;nNy+iGyiSoimp3tu4yuIRXaAuTfWzarKlCT7wVL6Osu9gH/V0/9NsnMuLejMfdPU0x5WKAe0ELme&#10;aWW1w1RQzbtbRfiZWO5e/gDD7sDyZhMFHfbbr+Akhr4SrtHGRc6556vSlSQnKo6Pj28ty1uqNge8&#10;6VI3f2zacdSbeFP9kZ4Tw/D3+p6hkTVbJA1l+cCyGWnQ+5c9sSrOQrYzEhdfl7oSqtjky95/XsVu&#10;LIoSBAqDnOS8s/HMvdOGZHVFxVLAEB+r2BV8fdY0jDwE5Nw9qjYT49unqFgKg0qTodMlqny0eOPG&#10;B7Vaq/umcbc4+82AK9AzUydiV/pRpoZ83/sA3+178m+aCqG1xnJc6jHr/ZbE8CS/VcVESEmwQWua&#10;SaZrutFvfg3W5XAVS6VfClItl7myUvYwy77dt15ai+jNKiYGlmlg1JZlPm5uLtpMZE1ZxVIZRo7e&#10;UMANKtXawXHumclhOPvS0KCULnHYVewK/MGPGuI/W+vPwfs4Sl76paFjjHmGiqML3BqvYuEgEO05&#10;xSG7xmBFUh+sN5N+qdqCnXM8qbH+CgQJiSsgbAYPZ9+jpIoGPnGzg4Zhgyj0VyrOAxZnXMVcDFo7&#10;lUPnLMWFTPwOmofMCx6Uv6k42lSeFjODwg4D2bhxUZXZu2cZsx2sZqGL7cbw7VUmgQ4d7rFSUAQY&#10;ZnsmP7L3X1axEPC38lWfzACs+Z0qZsaSn1q+PN0JlyOB4f6nEeYhInqnivOISgho0BGWqVgZWVcM&#10;JCoftJIz0vTLyyuLMkuIIdhIvBu+KMyAo0Rnggj6K4hYd1E1UDS4GSeqOA8E0X3XXPNg2J+uYqWY&#10;AVWwIo7fRuSzFbUZNco84RmR5GoV58HMB6hYKMbSfSoOhcjOL7WxapXd1fhiN5o3HiL3MRULh+ic&#10;J6s4i7UJSuJnoVfmRpVI1XUVZbbg6f2s/oJmUCmDMihiv0I38BB9R8WhInuRzZBO+WkM1rpSzo61&#10;3vc8LgrO9UUqFob3Nd3AEugOrEQp2RaGe1f5Jtc+QsXCIOd+o2KgCeRdJ+1FRHyZivNAYJGqmlIS&#10;ZM1XxcBCxsTdz1jol2eWFWvtz1QMNAXn3Is2v6Rs1eaXfjkz1G6/RMVZDDqaKgvwJxtxCF+gRsj+&#10;2i0vN7mPvIj8uyXTV1/fIfanySsiOlv2JMjLOHcFvna1vLIkewYCgUAgEAgEAoFAIBAIZITInyEv&#10;S7QS/07Jy1p/rbwicjfKbnV5kfMb5WWI/1/j/M3ywvdGm1+G+Sh5QfmYde7AsfaFXVdExsfHtyWi&#10;rlkrWbFxnOnUn8AIMuHcW1ScBZdQ4jbN+VuBEYeIj1dxFmVUWkJnLrRQYqACMOylLh2RBGNtz4Iy&#10;/WrPZaXMTOpACVhrB9bgzQL1yby15HueD5YVDLd/UjHQBCI3uMpkRnpurkYAcoaKRVPZhu5AToj9&#10;WSoWTq+C2bCyT1WxUBB1h1ojTYGo/SoVC4fb7XepOI8y0qOEqampEGg0gTLr4iHA6LnV0OQ8WKUX&#10;Y2NjpWRUBxpEv/puiKbfrWLh1KnGXaAPPKA2cR76VDFftLSk89KiKNpRxUqQfcJZklGlulWSF3n/&#10;If2R0cK48qYirKVrVZwHblbhZ+Fa585UsRKkw5W1QX0z+EzNOSglDeh4XZe3iiCKeh8fUHSpVWPp&#10;HypWgiXqezRAIcDiqTR6lF0M0PY5G6LfRHMaYHlmlZudy8oCt1SKhTNEP1K1VMocjWqBK9HqGfI9&#10;o1t0ypermJkJ758lvpCqXYGf9FZ5wGCl7tWm1HjvH4dhr2chokAGDLu+1dPLhDnua60GMahYT7fS&#10;/ehAh8BKXlDWfGIRJDm7rPHgJpQ68Rqxu0XFeeT52/jZfkdU9T3+cy7ic3ZefU7PrqrcLT7XIwdZ&#10;8UAC5JA3FbsSMZ+nYmKI+BoVu0K0uu8By71o9anbjL9ZSe5ftJDKm8H/KfU4eAznPStmiv+VJsrF&#10;UHmOij2BT/YsFVMRWT5SxXnYuNxjtwRrubRi6LUEw0hp67YCfLFHqNgVk7BKqAQK+KfvMIRosGe1&#10;qrqDh3ArFRcOZX9o+Hp96wRb8j2HOUGmMsYGFO6GZb1OxcxMTPS2lu12+7kqFg6s3Y9VXFhguC3s&#10;ePUeLIq877ukZfscQwBf8G0qdqXF7UKymw2576s4D7y/B1QsFGvpBhUXHlVMLyBi20PFrsCiPCyO&#10;4xeougXr4oHLYYOCmKRY685XcR7kXOGFJfH3eh67tWDAE71UxdLot4YrwN989swVD+gXqtgTfP/P&#10;VcwN/l4pe1G6AZ/13YM2QcF9cOjwHyv1xS7z5HohDBrOiiIi6pt1gQjy5eMbNjwUw97AotqGyhn+&#10;ejExMZEpYp6Ltf61y5Yt65tkYKyr5OxaPGyF7nfOBPyw0vLlNhNF0RNkWFW1KxTHrxl0Y7ikDd1w&#10;O3qesRsVcHqQFCgf9Nnk4VOxVJj9t1UsHyluqOI8DNGXVCwVPGW5Orj4dIM6b1Yw/KxUcR7Oxd9Q&#10;MROw4ocPGl5lblNeqpYK/O7XqVg+gwpv44l8k4qlQuRPUTE1RHHPQ/ryAivQ72iqzMtZSecY8VB2&#10;LedbNFGJh+z0BE/uT1Sch7X8BRVLB35M6rMvjPV9A5S8DIrwx8fTZx0nPXiFyB2mYulMZDitPDfG&#10;T+2uYldgjT6pYumkWbLDMFjJuRb9KhREhhNn9EgQAZ820cSzta6w6HwQcKmWqFg9UdzbX6lquN2M&#10;HMek4kCs8z3n2orCOvc+FeeB9/pdFfuCofVmFQeC763M0glDPS83cu6VKnaF2I+rWCoyb8dr16bK&#10;FJao17nJ0pJY4Wf1zICB49/3zA6pmDBofXoLGzcugqXbV7VKkFJzKg4PmNyTVJxH4ouXE/g/XQ9l&#10;SQKG3m+UUQzIDphmMGZyOxW3IEPl5OTk9qoORDKox4ZgeaqKmPuCcLqvo4whwKpYCrhZA9OckhAx&#10;713l8hO7/056IObr0y45Wo5/uXEIx2EhYj9OxeGDm3ajil0x7D+jYqEgqCjlZB58ngswVL5f1cz0&#10;O+kIVvZnWTeQRxFfqWKlwHXqWrtwaAwyvWU4ooiaE3WMiNxv2+32Y1RNDSz6ZyN2d6AjvkabEoOf&#10;KdThl/N6rW2/UNXKwX2uX77foAQBOMyRirnBDX3ywQcfPLB2C97Tr1WU4ayvVU4Dt9uvM8TH433c&#10;Ss7/B1734/dfKf9adv/XWLpWIlei7ueyZQFW+GoVh8KgqRr42SfAXz5WXrjXv0BU77q9IuLzOtet&#10;ywvX9L+kXnaPV++lxn65aAJ+eeaVhs10SjMgIlW1J7hQ87YTTk1NPQMW7AeqNgLcrHVlFkhKgvX9&#10;D6iO+hRZKoq+bkmSikvofM9TMRMR+YGWMxqwHAbrsQeRO1TVWoIOtxoPSeHn86YF96vvQz5oaqgo&#10;Vq0asEsPvtcqFbtirc3so6DD9NzquBm5EIMi7c1ImjreT+HHzWdFfGVr6Q+DMk8qZBHe07YqdwUd&#10;8w0qlgZ5f7CK/UG02XdZymTYgmfZJ9pTYIj6Dve9gCWdgpXZR9VKgYtyomSdqFobDPW/4fBl/6Ji&#10;qcDg9KyjMwt5ck89tXfdEyGNs4whPFFUjN+Zeo9tFxbBQf4tLOFEFRPgeAhLKTSZFwkEVOxKVWvx&#10;uBdfVDEZuKBvV7EnEbuBnU9yz1auXPk4VXuCKLKUpE7J2cPv/jqisVsiy8e0Wq2nJz1zQ4Z9DOfP&#10;UbUrSS15lUSG++62k89fVo3CuVibfCVnC0lSeRB69/cJmb+sYk/GxtpPlPVaVSsF/uQjJQiY8Zp3&#10;Q/pFpfIzKtaCVoI9KrhnuSfXk4Br01IxPbB8A5MXYU67rvca4kSbSKxrH6RiLcE16JuMkNSVKBsY&#10;Cq9iT4y1PbPPi2ZsQMLxQCiB4zx3ji/pB7R9thPWhcjYvtWbDA+/egECwoHFIhFslJpAO5M0MUBf&#10;kmSAIGymzr8J91PAP/qZirWG+mRrCzA0Qy36jYd8nYo9QcesrKytLHH2OuskNfKLVq9e3XPRfDOS&#10;65Vkpt5Mzk8rair9kgnKxli6TcWeYFT5tIqVgAf1eyoWg1zgIqYoJKqCKe5bVaBuDPrcrdbkU1Ss&#10;DFixgWfDGeP7bnEoGgST5VS8mnDu+Xk736ACPXUksvYQFbtCCRz7opB5VkODy2lMMO9QaZFH/C0Y&#10;p/IeQLdmTebOh8gre4g9RPCw9B3SrKtmo46dnNxeajKr2hN8z+5J5yuLAkFWqUnDHWTYTZsn52At&#10;VWwc1tq9VOyKTEyrWBrMcSKrKkuHVZeznSCqbslQJlvR+RJt3ZPhodVul35zhon3a/suyOfBdEkT&#10;6wYlGIKLRu6tXbOmlJM5ewKT3ndJaSYSyVZVE6QMaEBxG1iaMRULA6PEgUlPEIIhmFaxUjAaVFtq&#10;DR8001lo8AWGdsRBHjbPU/aCXFzoJmlLfJOKAzHs+1ZcLYvKfXZEcX0rrw9CfEQqodBhmRjTf4Ui&#10;a7X5uRiOUx1ibZmHsnPMeP+ySgOYIjd6G3LfSTIxXQckW0XFnox7n9nPc25qZ2NM4k3qGPp3KnX6&#10;og8SvKyqqLhQBwyve6tYKJb8hcPem1AEUkVAxcTI7ACGyi0bm5KA61XqERGDkM1SKpaPPPFJNy5b&#10;dn/BcHyPqomBz3AxnOnalt1fZUzflYA0HejMM+1TTcoNVLJ0ae1wN2VHzBeoWA3M8QdU7At7/xUV&#10;/2VycvIprRbJ+RSpQIT4G1iCwktT5AV+6f9QsStRl+Lhc7EcfwIjR+pN8pF1y6uen5sL7ku1Z+jC&#10;ge2bSr0ZmdPplpmAkDtTSg78mJdY684Z9gXfTJIVim4+q4wWlugGCaq0KTH4fY8yhod+7D3ciPeq&#10;WA0wrZepOBA8ye9ScR6y+wqRYeZlFdz0X6EjVlrOay5JojhYxc5mKXlYYN1WJN5l1YW6nOQox+6v&#10;X7++Oh/cuOT7V41NVg8OnW9P+HI9O2gS8DuOxgNBdQxIpOwGPt+HVc1Ei90yWMla+LpSLL3S6DmK&#10;2s9NOsTJk61iYiz7I51zL1I1MxLw4AG51Hh/etqqTVkos1QvrPqn/YATkKoEI9gjjYlfrGr5yJCS&#10;tMCM1njL7IOh0/zIer+bqoUg5V/hV54P3/QB+IgH4QKmrls8E/yu7fG7vmUs/RHDfd8NTlnA8PxN&#10;mZdTtRbI0FpoZdgk+fn4g4kT+sbGxgp5InDh350kzywvsOIPkiFa1kDliFFYyZdtfmF42xrR9MMk&#10;QKoioJH5y5UrV9Zqp5qwFJ1OqlupWhxEvdcdMWQlLlWKocGoWBhy42EB7hmFCeVuoLNvS9T75PJh&#10;I9cdFr68ivCG/QkqbkEcYxUHUkUmMXv/tSRTGHWn47oQXW5tvbNzZOYBna78Gn4R0UdVlKEucfFC&#10;+GV7qlgZMmMfVZ2CkwOZu+vU3SO/vzbVms7SXQXB2RZaLbfz8uWrH9Vt4rcXeJNDTepcBcth2f2P&#10;CdN/s/UwQUDTiO2bgkTSVafKpwbWru8+02EAa/08DBEXSf09PBSlnaSdBkvVHAaTF0TrR6pYXyhB&#10;oZ46sanusFtuLP2X7PhH0PJ9mSIYNL2Cjvxs+Jbvg495TIv4moj5fvE1MRR1IvgkowMehF1VrC3k&#10;fOpEjsqJ3BAOXasxGJ4G7lnF9wzcETYs8DANpfp8KmTxH0/wUCo61ZUku/iZfaLjp6qmRXHplUAL&#10;wdS85vAwgK97tIo9Mcz9jiCtHPHnxIioWm9kmUjFwAzgJw5cccBQW+hSYB5swrJxtQIW78S65MTV&#10;haTXY9h+njwgRO1Xqdo8ZEI0zRruQkCySVTsiay+qFg5lvwNKjYfQ/S7SpMCawz8vIHFt+FXpU4Z&#10;y8vY2JhMBw2lCn7ZLCLyA+vtjjrGDE5oTXKSUZFEzt+u4ugSMb8OPkSycwxGkBUJCxclqXyfF1jW&#10;n05NTT1e1YVBRBRLfpuqCwpr7cCCNeT9l1QsHMkmSeJrjjSGuZF1UfKATvU7FXuCjrFSxcKYnp7e&#10;OuL+9VwWHDD7lRxXVAfwsA0sXCMuiYq5kURZY11lxwY0EnL+nyqOLK2EG5by5rp18uXYXapqIAmw&#10;gNcndcSbRtLTGiNyn1MxFausfTmG6lNVDWRBStEbjnPtOa0jzrlXqtgTS+n8vBbz6VGC3xtIATM/&#10;Uo4LT5P1XGdsgjPEWkRvVrEn3vttI3ajPw9XB8i5j+FVeNRXJUTuhyr2pWtq2caNi6RUhRzloC2B&#10;qoEvcwj5/qeE1xGpuqBiX6x1B8q/uhHo92k2WAUqQlLHYQn+am279inkkqmSJM9N1rlXrFgxkkHW&#10;yAJr+EFD/BfnJmu5swyW+uMqBkYZXr/+kbCKv4R/eCd8rExTFUXQ2azN/qcjlYIUSI/4Ty1r3wF/&#10;qi17b9EhptA5j8hamQqdey907J8Q8WWIxP8/qbZQ5EpEINAoZOpFzhF2rv0RIn+8ce58PGj/h9j9&#10;OXLuamaehL5MysHh6++VrZlS605/vBQmJiaez9x+I7M/AP7s9w3zWXidi4f2FryX/7TEd7acNzAE&#10;37TWv2MV0U5iKPTHA4HAQgLewM4R0RcRR52DOOp/w4hdFHl/zIT15RVvqimyVcQYPsBYd35YwAkE&#10;GoaUgySiNzDHS+Hp/DsxT1uOPwsPp7anetSBTsl2l+zsykAgUDGtVvvplnmxIX+ftW41ef/exYsX&#10;j0QmxLCQcNxa/qqqucC9+QRC6v+QCk7wpPcN2yUDgQTIumxnbsy6qyQr2DDvl2StNpANOZywkM1k&#10;Gzcukq0K3eYO4YE/2Rh/lLH0F4TUS733z9IvBQILikUIq16PB0UM28UT1u+l7YGKkCPgxGNWNRfM&#10;8X4woB9SNRFjY+seQS4+LLL0DxjDX8L4hqmIwGggyfgIfb4aWX+fIfe95atXP0q/FBgiCEE/nfSs&#10;qUHA4K2SzReq5oJ58qXwDi+0UoE7impzGFgg0BVJHTabUinuM8YdIbul9UuBGiEGylh/kaq5YG7v&#10;LQZU1VJwzj0ff2Oddf4cCZe1ORCoHtnRHxGfhw4J+zbcg2ICyYHh2Amh7QdVzQW8+BXDWCVvWbeP&#10;7COSfERtCgSKx/jVu8jqKTraF2t/clKgK52tLRilIOYuxQ3j+Rp49aVVjkvD2Jh7GgzwJbKgEiKM&#10;QGb86tUvQyd6IO0kdaC+WGufCpu3XNVcGPanV1GnNQvwPrcWAwhD6IbhiQYaAsLVZ6CjbDDOHSEJ&#10;v9ocGCEiy4vlPquaGe/9y8i1j1C19jjnnia7T6zlX3ZLrQksEBbj5mPU/w2M3LkyP6fNgRFFVs4j&#10;wxtUzYXk3OE18FiwuiJH4uJa3I6+X9vDwgMFISthxO4WIv9uqOGItQUEQtvXWuvfpGpmVhG9BB7T&#10;D1RtPKsxGEjRWUnWPnZs7BHaHGgyhvzBkXHXiYuvTYEFhmzZs0RrVc0FooOTW63WU1QdOfCcfAyD&#10;w7XheWkQnXw5547G6IUIpJik0UCzGZcK5dbmPr8W3uL2lhfOObhR5F6JyOj3tl3/ErsLDjF01rqf&#10;I2xdNSpHEgSKA6Hbb+WkI1UzQ94fj4H0maouKDoFGtjdI4s42hQYBhHzkUTsw4pUoBfLly9/VBEl&#10;p4lWPxsD669UXdC0Wm5neID3E9HztClQJlHEe0fsbgmnQASS0LJuX3gpub0TeHg/hbeY6HichUTL&#10;2ve1mK+XBRFtChQNMV8iSaaqBgI96RR8sPZaVTPTarefbsOZrAMh534TsT9Gppu0KVAUsgUIr4Hn&#10;/AcWNpJLB2OVuyAAe/9dGM9CqrIsBGQB0RD/ccza7bUpUBTGMDzr9itUDQRmQewp7z5pDK5PLmrr&#10;2kKEyB2Kaygn/QbvrygmvH9WUTlYgb4siqLoBTAA+xrnfoh/Jwy72y27/2ss3SZncyC8+a1l/2Py&#10;/pMt69+BAWkPdPhnj4+Pb6u/IxHyM1NTU88jit9A5D+K33uonIEJI3aWsW6dcf5PkaX/ifexzjKf&#10;Kl+nOH7DihkrtGNjY4+IIjpP1cxIPUTj/S6qBjIiUw2Rtf+YnJwc2RzHysFD+HNr3b6qBhKAjvhw&#10;XLePIHSbIOf/aYmvYfY/cM69PpzBAcM5NfX4iNxKVQMFYZjPdHF8iKoLgzGi5xG7f+Jhe7Q2FYKk&#10;Jxiia0MKyyZk5wC8oJ/AmN0Fb/hCdLZPjU9Pb61fDgwA1+sz8PJ2VzVQMC1r94FXf6Gqo4mfnHwT&#10;vLEtZxPgA+9krT9f1cLA3zgEYVEtap2VTWeLleWvwqj9AQ/ppDFGvLRQJaZAvPePg/H7vCTnwjN2&#10;RO1X6ZcCBTDm3NOspbtGqhagYf81CT9VnQe8ke+R9x9XtRDkwZd0BVnB06bGE3m/vyG+FcatBTmc&#10;oTBkli5d+hDD8YdhDO+UszLQ30IqVQ4k8mvhWo6120/UpuYBQ/crCRFU7YuEpJLkWHTIy+323sbw&#10;Cao2Aslz6qx6sb/fsv+6hO36pUADkAFJwjbj3MUTzDtocyAhsAVbEfONUZOSwWG8lsr8kaqpwM++&#10;FKHalKqFgfdzLiKT56taK/CZXyFbpfCQnDg1NfV4bW404mmj8/6rrNrJgCYvWTjp95LwZsb3PliK&#10;uY5KoisG890M0a0Rud+G3QvJkBV4w+5iKeelTfUEoerHVMwFe/+DokNe2Syu6S1De5DEEFjmzxpj&#10;b4YR3qeuD7Wc0i9zWbIijuu2Ap7LeiK+H9fvWrz/nxHF70TbS/A921b9GcRoGGO2k7k1F8efRnh5&#10;piX+syF/G97jtH5brZFtlNbFyzDQXYo+kSqlZ6Ehxg9R4zkT3j9Hm0YXGfmNdVfg30JjfLjOp8Vx&#10;/AZVS0WMnJyzIcVL4W2+UZuHilQRNsbvjo5kYMRuxfW4AMbtfeMNryACb+rl1vvXqtoolixZ8jD0&#10;k1/ACF4hh5Frc2AGeJa2xj2+CAPG6Of6wdN4qWTXq1oIy5Ytezge9puWlLBiJKvSMHAb4K1+XkI0&#10;ba6U6enpreEpHwyv7HojCzpx/Lal6DT65ZFEvGcVMyFhNa7VFbhmv7fWGzc1tbOE2frlSpEHHF6r&#10;DEbLZcFEmwNANiRExJeJB6hNo4sh+n5R4fNmJOMeBuELqmaikzbC/C3j/DrciEpXnuR8DyJ3uHhs&#10;eA+/hJewYM/gxef/roqZiJhfh8Hq86puQSKOFsVvllAUxvAi8ZLFg9cvVwL+9luM5bsmajovPQwk&#10;h9I6b6q+F5WzdP36h8BDu3L16tWFhgDo8LeLd6TqQGSVGT9zHh60n1WVF2empp5hiM9i566G9/u6&#10;kb/ZKWhZN5HnPsi1xD01aX4HvMDHog/8FH1A0ogOqCrPTKZ7ZOELg12hDkBTQWT1JdyDI1UdXWDl&#10;XyYl4VUtBI+RA7/3FFXnIYbOEl9vnTtQm0pj3bp1j7CWv40R/mZZNAgGrj+4LzepmAnc293w8OQ+&#10;1lE8b/SP33T6ife7lb3II/0E7/s8KairTQsSibYkVzJy7pXaNLq0yP2oVbARQge6TGqoiSzzKRG7&#10;GzmezJSCk5TOljGOvWFn6ZxznqzNgQRIUQIYmxermhoxTPDUWrJirU2FIZ4jfvd7EJ3cKYnMZQ5e&#10;kvYDj+cS49vzQvSFwqYMDb92Icz3LSLia4pc9ZKLFrE/TtXCkXQQPAhnyQoqwpVQBToHxrq/qpgJ&#10;59zO8Kh/pGrp4O/taYgfgDHcD2opnuBK5m2kwjiMwB7atKBAlPTZBRHyblrlZVnlrV3um4z4MHAH&#10;wTjfhFAqFKQsCNzzR5L3H1U1C3J63pkSJqpeOeTc962lP6BflLKNDUb29ZHh6y6++OJCdzvVHZlj&#10;NYblMP9naNPogvD0GAklVB0anQRUcowR/YQ8k+yB3uDanpsnZLR2cnsYnRNVHTqySAHP9W4Y8v21&#10;qTA6A691E/CAvqxNCwI4G/tEzv1C1dGG2N3YahW7yjsI2aFgiG6og9FdCMA45MrfJPanyeKDqrVC&#10;jBQ7d27LuaO1qTCiiPdAVHT1QtkSJwOjYbcG93o7bRpdrG3vKpPUqpYCQqxtWuRuIfLv1qZABbBv&#10;fzdPJ5aftS5uRCl4MYDk4wiheKEGUEJAOAdXL4hVTyC7oxAJflvV0aVj5Z2/3Tn3NG3KDX7nQy3R&#10;JbLrQZsCFWPZ/U3FTMDTOV7CSVUbg+wmQgh8EQbbRBWMkmLJnbwQQt9Ni5R8QZq83MYgc2oINW9r&#10;FZzIvBmMvg9uMV/SCnX/KwcD2Iswar9X1dS0WpNPQehoVW0sMkkfWbovioorw4Q+/RkYv1+rOrLg&#10;Mx5nrd9L1WYjRi6y7mZ4Y5VY8snJye0xcuQ+hCaQHIR5V4i3rWpqrOUfjI0V5/nXAfHSipzKQRTz&#10;bln4UHUk4cnJl+K6LVW1eUienqSEDCMxUeZcjPenSxa+NgVKhJxbomJqZA4Woe3IDlLR9PQT2Pnb&#10;8TkLKWA66sZPIjbD7tKVK/3jtKn+SGVh2YtYh0NvJNcKIfV6VQMlAC/+V3kKO1j234qiqDlVebMj&#10;O01+zd4XkqQrO5/yDDZ1R/a1S4UkVeuJlP2Ba3q9mZzMvQwto79lN6ZqbtDRvoYOd4CqgQKBN3+L&#10;iqmRnTAR8ZWqLhjwML/XOOdUzQV+zw+tiz+t6kgRkf8QnttSt5xmBm/uDLjdb1U1M/DM3mRMp3pt&#10;J8EVI9nKiPl1nS/mBN7I4xFGXbZ06dJHalMgJ9b6N03kmHzGc/9Fa9sLdkeMLAChv1+1ub/ngZxn&#10;Ke+k6shgzOR2YgdqU9W8xfwJY8xRqmYGo9VbZLeEzMVp0xakzRI/IDlM2pQLqUoMj/RnqgZyEFm6&#10;IWthAAxwj7aWrlV1QYPI5pmR8xvyDsiymATP+RbxoLVpJJDPBRuxTtKDtKl6JMcOb2KLR5YV/I63&#10;S+HBJBWNaWrqeZZ8rGouZHHFej81MeGfpU2BlMiEMwaPr6uaGkP0cRi+XVUNAEl5wUBww4nj41tp&#10;UybiOH4xoq8IYu32vefBsLsOzk/1BUHYxWdiZHqpqpmQE8cQal7QzbMbBMLo0/KEVDMhotfgfZwF&#10;caQ6R1Kk/BHu5SPnvpKUZbccn4mHNNOWMfkbGPCuUzUwh1VyxIF1FyW5D/2wCAtHLeQ1zJfmWThL&#10;BXN7D/zBFapmIoqiJ0iByWXL1uZyU8XDhBt/fxHu7qb6bf50OH6N6hwyYHQ8bsPvMtaOwXjfYtld&#10;j5dj7z8DL2p7GPUnI/wsbA5TvLv2ZZc9Rv4uXpm3SuG9yalur1Y10AM8b+/C7TxV1UzcdtttD5Oq&#10;MUXMG9YF9OtIal6qWjzycGFUPlc272tTasSwyOEhRR8bh/e0o7V+taq5IOqEz1N5R9cisWvWPBUG&#10;+WvG+buNcRdLhQp03kZv19FDoK5XNZAAGL+jDNEnVc2EZf8zDDbvULXR4HO8PHL+r6U8CzaOX26Z&#10;c6WOwGB+nzkuc9l5kTH+BHgOe6ueC3gwP4Rx+YiqlSBb53CdTjTs7iDnDpXwT780yuC+yTkjfhx9&#10;7A9E/kNlVEseFcRxQL9ch4E+8zy0eOpyoFFtVkITIhsdIqmgzry01MUMdMZTWs69SNXU0OrVz9bt&#10;YJVcYFmcwGh4axEGQ9Jb0MHOzzpn1Y+VK1c+Dg/5qfBQb6ji3Iam0ak04uREOb4L9+DAUQrLikCi&#10;G3jKXtVMyI4O/J7aHtYtfQDG+dfG2ouKrMDeE1kdkVUSVTOBUJaM97uoWim23d4VXlMxiZ8IKSKb&#10;r/RNFEUvMJb+gAf5RBlptTmQgqmpqWfgQb9E5l6lcIU2L2jglJzWIsp8SD6MydMxqNSllNciSURG&#10;yHoH7MbLtK0a4HnsFUXZq5riQu6MMGWVqkNj0+IEnwBvKvcchhxGhEHgXEmS1Ka+rMCgAQ93Gl7y&#10;shCulcPExMSziGg9HJ5vLWRP0HZOBKTL0d8zVwKHofkPFStFnCLj/M0YyD6PB3Y40Y5MdOaxsgjZ&#10;VsgEo6q1QMJThEnXFFGRFmHzGxEW/ErVWXg/+SYivhUOZubpgDIQg417sj3e19uJ3KG4R0vxGVbD&#10;YNxK7P6TnN9oiP8n/r1/xmujvPC9D8gBT7IaDC/1J5tOOXN7yu/UX18bMFh/2ZK/fPOpeQsN3CNJ&#10;I3uFqqmBx9cu+uzquSCCfCKcB9ho/zuZitLm4dCZILW0Puuqpff+cfgwF6taSyTdxjp/tqq5kBsH&#10;dmXvD5AVaUkL0S9VRseYObevGCSE4P8uczQR0ful2IN+SylIyX8Vawvuxxukuo/3a3bUpgUBPvdO&#10;eSpPw2geIH1K1dyIPcF7+h6s3Hr8+zxtHj4y6Y8R/feqpkbKPRtyuQ9lrgJJvYEHc5Jx7i3aVHsk&#10;xQfe9+nwtP6M+/RVdKShbcPBddvTMH9A1VSsXLlym87qm3V/xef4clVzmxTHbzbkr4WnO1K1+vqB&#10;vnJL1shGVoZbzJnzAuFxv0MiHtiV92hTvRB3FhZ4raqpseTOltOrVG0MuCHbwDu6fDznVp+imWDe&#10;AfdjPQYS2Ad+pjbXBnjK52e5Zp35VTc/EpBBKCK/v0xeW+uPKdugW/aLcX1PqWN4XjTo36dkPWej&#10;s5Dp/FWq9kWMZMeTc+57+++/f73nVsXdzLq7QtxWmTyVTqtNjYQ5fhvc+VzZ7nngOP6AhKa4D3LI&#10;dO2Bh5apSIN4HezbX1O1L50HjvxpMLDryvLOThsbeyJGlVvw+5+vTSMJPt+e6F+Hq5oKGdxwjW5X&#10;dQuaFvY7Y3hyZZOKGqwieom17ueqpkIt+5SqjUcMtxg+4yZfr02lcZYx22GwuZfIS2Z9o3LzELIc&#10;bzKedGbJX6hiajrbFvH0wuAuLWOVFr93meX4q6qOHFrQN1M01zFwzt8ML+5zxO4e3P8X65eaBcKm&#10;lzL7TCM24vXXso+PU3WkGEc4CWN0uSRFalMh4IE9SDrO+Hj2LXx1QLbnqZgKGKqHGnI/UTU3MFKf&#10;wOv6VqvYVVpr7Udwr5Y3PXrphWV3ZxmDRu1xU1M7W9/OZPAi7/c3zh2q6sggbjw810tWrSq2LDUe&#10;oH3xsP9Q1UbDHO+HUf5dqqZC8hXxTyleLa7xPjDG18J7Lmz13Fr/WnnPo2ggIuvulkFI1dFHkjll&#10;clPVVBiEYyaOM63a1RXx6CRMpzh+jTaVwSJ27uozrX2q6o3EWHfVkiVLUnvAmxYq3G9ULZNFlv2R&#10;5P1ZRT3U3vt3wKjWp1pvQVji64daiLMq4Lo/Ouu2LIQSX0BnynyeaR2BB3a0te5AVUsHnshOUtCx&#10;id7DmfCi8P6/oWoq0Hdc1Z+5kzPq3KVExQxmzP7L1mYvlDpslq5f/xDch1PhvV5WaimmOiGjLTy1&#10;G1RNhUxg1jbfJgOyxQ4P8O9UrRx4DhO4noUcA1gVkXO/zbrLwRR45msW8PePwgO/uAhvjZivlB0F&#10;qtYWGWTw3H4T/bx2u4MqAyHt31VMhWT3V+kNlUknDcLwpXm3okkJblkIUjUTnX25zl+HwagRhQfg&#10;oWbaR02+fXbeQrFFgcHmfcbyisU56yTi3j/SWrpL1dogCePwRu+CoctcfGDBg/Dg9VEcZwpp6obU&#10;8SNyX1Q1E5LiExGfh1F0K7y2xUN0vhhS/XImZDTG7/mgqrVE9rNOWPtaVVMh10vF2gDj8B7Z95nX&#10;+OHeHQEv6n2qVo4kHRtLt6Fff6yJUya1A6PF8+Dl/VbVxiL5Sfgs65flyPKXNBMMAOdLrpg2bcFw&#10;/GEYhR+rmonFizc+CJ33j/vXtONGHF+Gf1KHhjAsp5RRh7Ao5IzYiPm4PGHv0qVLH8nO3aNqqUhu&#10;rCwmIVT/KYzcwll9rQJZ8JCaZao2FmP8Lvgcp6maGgk9ZSuYVI3Wpl4sMi7GZfO7qZ4JOS8YXl/X&#10;6i3DouXczoboS6qmAkZvvYq1Bh7T8rwhIfrJGRM5Khl3A2H0NugPDp4pbFy9tkqOGoswmlyhcmPZ&#10;dA7AQGPVk5Z1BzL7H6iaCPEE0UEvzVvcktjdUpcCmfg8rSwT9xgBfj45eUFjVgkXw3PCAHk9jEvm&#10;sxa43X4FvLBfqpqazlwhft4SXYj30egk9kZhyH0Po17lJZKKQrwz4/wVGzZsyOT+dxY7nDs3z35C&#10;hLwfMOzl4PPMYdPExMRzjOGhlumSFf8JopNUTQUe3FtVbBTwTj8K7+oQVVMj/Qchc6Jq47J3neP4&#10;q7JTx9r2C7U5UCW+U8HUfUfVxoEO9zCM1pnLY8kEN7y7XPNzM5GMfmq3X6JqJpjjlqwWq1opGAC/&#10;syrDIdyR5W8hKmvsJv7FGzc+SIx21gKX8NL+tdfqLgzq+9Av7serkMOrAjmQ7Gy41o09jk/SIixx&#10;Ju9CPBpr3fIJnio8d07CJXTwqyV00abUiPeAe1O554RBYFLFVOA+PKBio5H6hQjTM5dMM+wubbVa&#10;r8L1uNdy/FltDtQF6+PjxN1WtVHAsDzUEN+kaipkdRHe4Xll11aDATkAXuR3IWYOeYncEVKlWdVS&#10;QWj9RhPHH1Y1MXK4uKT2qNp4EN6/Btf9+6oGRoUoaj+XnDtW1UYhoYRx/m5VU4Fw/jkIN9qqVoKM&#10;/vDcnqtqaiTkQuh1Z9lJzbIfGdc29YqhJX+fiiPD9PT01uzcuRBz7+gI1AR08NtUbBwI+/6pYirk&#10;tDb87DJVK0W9yxvzeJfk/bujiI9RtSedasXM+8k+VElkhSf2bbdmTSnzbfAOP0xEr1J1pOhMgXgv&#10;z0kwfE3HcFtO9irsEJAqMUR/UDEVeDBfAkNwgqpDw1p7IAzvkaqmpuPlEl0+MwEYxvCT+J33Go4/&#10;pU2VgYHkSRHRShjYK3h6unZl7rOACOhjlt2f8Zn21KZAk+mMXtzMSWe87xXLMmT7y1keeU6KKgN8&#10;luvFYKiaGufczq7drt3AJUY5imiVda6Q0+eqQI4+lWfCkP/4qJWTCgA5FV3SNFRtDDJRTuT3VzUx&#10;8KyeargzN1M7xFvLOjfZFAy5Y+ExnalqLZCcVEv+8ojcL2RBTJsDo4oc6KxiozAUp56DlMoq1vmL&#10;VK0tMMyfkCIEqo4k+IyP7oTgxjxDmypDTloj5rOsdWZ6enreXurACGPM5HZyFJ6qjUE8tSwjsoTD&#10;49PTmbcYVY1UtpX8PFVHkvXr1z9EVrPzJnD3QxKN4WH+pOPNRdELtDmwEInIn6FiY5B5L4TjqSfo&#10;8TNvbGLVZ+fc4TYe/aTWzp5T8uvHCijOKfNwspUMxvSOiNuv0+bAQkeSkGWFTdXG0MpwkpOUDY+Y&#10;r1S1EYyPT2+NEPcWVRcMkfc7GutWq5oUGLn4Nezcjda5g2RxTtsDgf/G+NUva5rnQ0Q7cRynPgwb&#10;xv2kVmt15pXRqkEo9k2EYXuouuCQAblFxLLopE3zmHDu+RjILiNyP8q6PzawwIABGdr5EFkh5mvS&#10;JvPCy9tWJq1VrT3w7hbmmaRdQB/9krVuH5GlrhyMnLfkVs7MSQwEEiFzHpboXlUbg2VOXf0ED06t&#10;K/fOxDj/J/wT8sJmYG1717OGsMIbGDFk5dM6V6vk3EGQ88fifacqqojv31p2K6haayzHd5W9lzYQ&#10;WLAY43eHB/RmVRsB3u+9aSeoERK9jahd+32g8GB/OT6+NpQCDwTKoomJr5b9r1VMRGd7XfpVwMqZ&#10;kCovm8pNBQKBsjAmW2HIYWGt3a1l/TtUTYSeNZC5gnJVyI4YOXle1UAgUAbGmJdZ5/ad97L8WXLx&#10;N+a+4DGdjK8v7/Ja3eV1jrX+2nkvolsj5/8092XZ/Sce/I1zX8a5uxHS3iSvlqV/jHufaj4PP/fk&#10;iPgyZi+FO2e98Hk+CKO499yXhMJ4vWTuyzn3NPl9M1/djoJMi+wOsBx/VdVAIBAIBAKBQCAQCAQC&#10;gUAgEAgEAoFAIBAIBAKBQLORyrzM/uvyspa/TexPm/my1i0n8vHMV0Q8Teyunvmy1t9AzA/MfFlL&#10;f5mbYmOZ/x85aBw/c8uM140t59m42M58kXNH4/t/Fnm/ql8lkUAgUBB4cBtVpw0G6hDbPueFqiZC&#10;augZwy1V68oiIopVDgQCZWFds4oNLF++/FEmTnecoRRVgHGvfeFQeHrHrFixYqRLwgcCQycier+c&#10;2K5qIzDGXaxiYsjFv2hCWakWwuBQ7TcQKBEzObkdMzdq+xPCwAvTVsiVk7aI3KGq1pZ2e+3TLXOq&#10;ggqBQCAFUo5bjIiqjQCe3tvlcB9VE9GpG8jxJarWmoj5dZFzn1Y1EAgUDbG7R8XGAEN9jYqJgTF5&#10;m7X2tarWGuPc620cf0HVQCBQJAhvP5H2vIlhQ86dFKU8nFlCYmObc+pbq9V+ug0ruoFA8axotx9D&#10;5H6jamMw7KyKiYGBf4V17n2q1h45wySy7q/yrzYFAoEikAdLxcYA4/Wbsampx6uaiE4VZedM0zzb&#10;CeZ3WebjVA0EAnmJiD6E8O9pqjaGFnHq+Uh4e9swxxeo2gg6xpr5zlFPZ5EpCDnYHJ/1gSQvQ/w/&#10;8fqv1C/rbjbOX5X6RXwW/u6KXi/2/mv6UQJ1Z+3atQ+3RGtVbQxE9Oa0K7mCtX43cu3PqVprYAS+&#10;Ych/UtWRRLYKov/dJQOSNjUOGL1/UzHQFBD2/UrFRkHMl2WZ84qYv46H7KWq1o7O9jl2t6s6kpD3&#10;7zbOXapqY8GzM6FioEno2bC/U7VRWHZ/UTENixDWn7Fy5craeReRcRua7PX0A8Z8d5lDpnPOebI2&#10;NRp4eF9AxPE8VQNNQ4yAio2isyfX8FGqJkaSs2EwnYRX2jRUWta9j71P/Tk2g4HrXxEKrzfkvmmc&#10;vwMGZhf90tDoTJ0wr4BHd+76ETvtDZ7qh6z3b1I10ERkf6q1zXTV0fne0cpwcPnixYsfjAfSDXMP&#10;8pIlSx5mLd0lO0e0KTXGuLcY409QdRYIv+SEuz+IJx9F0XO1uVTWrVv3CDPCE/uG+cNZ+lughsjE&#10;+cUXX1wLzyctJo5/MmZtqtJTwsaNGx9kOR5rTU4+RZsqgzkeb+WYWxTvCV7dzeLlaVNi4AnuKDUG&#10;YfQvts7/p7HuKiK3Et7mj4n8wXhvn9r8arfbT9QfSwx+77olS9oPU3VksOy/RZOTO6kaaDribRDx&#10;rao2DkSrp0qBAVVTweyPIqJXqVoqzk3tDENzdp40FBij/cjFP1S1NDS/8WRVEyOh7ailcWCAWd2E&#10;ij2BlETc3gOhyZdUbRzMfOrY2NizVU2FtfZ9lvlbqhaOGBDJE5tKmVg9k87AVPGeaYRzcEjTL67g&#10;5y5tWjJ4LyJ2dyxbtuzhqgZGDcNuTMVGAs/k56uIMoUgCPueZYmmVC0MovgnUsNQ1UzAiHyKfLvy&#10;AQke8E4I676samIQFj/MEDV2ABU6JdicGwvbAUcc6awIc29StZHAM/mATDirmopOSEduJUKZF2tT&#10;ZsaZnxkxn5dnoULm7uDd3a/qUBCvLUs4jn50dZ4wfphg8FyJqGfoq+CBioii+AWG3ImqNhLJoUK4&#10;eqaqqWlR+1Xo+Germhpj7UVRHL9A1UzAU/o+DPh7VB0axtDHjZt8i6qJ0bSV1F7iMMEAtS28/UtG&#10;Lc0mkAAYjY/BS9lb1UaCh24rPQQpU3giYQ2uwykITxOnKJjO6ifnmsRf1jEW8V2q1gIMAE7FVETk&#10;rlax9qCvTEs4r2pgISIrdxj5tlK1kegK5MqWcy/SptRIVRc8DBe2Wq2eqS342pOMc+fnTXiWRHH8&#10;jperWhsia38OY76DqomR0B4/W+ujCTDAfBYe6ZEQM8/dSWrPKLxk0QrPzIP1Yy1MjHXnq9hoWlNT&#10;O+dNwLbt9q6ywwAd45Ha1PEGJQUF3uBrtCkT0uGI6+sVdXIaM+7Truvnwr3c0zCfKTt0tCk1sqo7&#10;7DnXohAHgcizqqMBRrPPqpgY6RCWaL2qjUa8DnTySe/9c7QpE9b6vQw7R96/F4b0V3lX9ySsGhuj&#10;TKk2VQIjYaMoSlW5WpDrzlyfMvgYtF6Ha+7zpqGw90diIGhMcdpBWOI7VRwdYPS+KmkZqiZm9erV&#10;j5K6Yqo2Hpm3EUOj6tCYQLiIkTVuSkoEwu4XRs59UdVUWPLXqjg0JG0Ig96KvPmD49PTW2MAuEPV&#10;kQCOzd9VHD0i8lEWd15uNC7M5aqOBJHlb2MQGErNuoj4SvztbVVtDBj8rsuShoKfgbeXPt8vL505&#10;XctLdYdI7sHFWLqhjhV68oDP9EcVRxcYr0x5eG05V4P5MlVHgs6mf3hbNo4rWTyIIt4DnuZpTfHu&#10;5oJw7kDr/V6qpgKfu7JpkijyO7aIrplw7vnalAu895Mi7z+k6sig85GN7IupiYy9T8VUNO10saTI&#10;qqssUpyVcf9uAhZJiLd69eonqd5YYPjaKqZC5tDg7X1G1cKRBSbynvD+DtGm3OB3ftkyL1Z1pIDz&#10;c6+KC4POqiNxJrdWQgYxfFnCnLojR0xGzFdG7XZhpZjGpVCrpbtMhhL3dQSG67iJiYksi0GLiHyh&#10;3p7kNErpLEmmL9J7FsOJ188hjpwXhP74r8bakXNcEiGdJLKUyeMTLDn23j9O1ZEBoczz8HCuLWPD&#10;vHiUshpOzh3W5EGDiI9XMRXSX7JkEcyk3W4/HYbucnLxYdpUGMT+NGuL8xTrhpRRsy5u5BERRbIo&#10;z5kMGGGPhlf0OlUbTWcEZI8I17xMm0rHWv4sjOBfnHOv1KZGgPc8tTLDgNeJMHycakGsk2pE7kfW&#10;+avGnCv89D4Ji/EMXDde4X0fBsb7j1vX/qCqAWP9RfA8MiVpwit6L0bvb6vaSDC674MHOXXtuKKx&#10;cfxZQ/yPiGh/baolkr6C8O8gVVMBI7MNQv1PqTqPsbGxx+N7Vhjyl+Pf1LtAkoL3vw9e58OoNnrX&#10;URIQvayydnJ7VQObgZdzAjrZM1VNhWzRQgc6R9XGsOkBdJdKLqI21QopXClb02ThqWXtR7S5FhDz&#10;77OE6J05YU1/kmRn9JtfwQg+AG/3Y51vKBE5HkB2iBjn3q5NIw+u9W1S/EHVwFwILjDl6HwRdTZt&#10;N+LEK0JozhznrmIiqTxVL1LIFqqImSy7P7P3P5iYmEiddJ4XGKtPe+9fq2ptkfBYtiAiRP7+KC6+&#10;9QLe+PaRtctVDfRj3Ptd4PWdrmpqrI0/jZ+vbblweKU7y5yUqrnAAPE9GLwDRB4f99sizL8+z6BR&#10;BOK1wpi/zXh/gnX+Hnhk9+A9WknGhje1p1Sf0W/NhRha/O4LVK0Vcg0k/xL98CiZq9XmBQMGw2XG&#10;+N1VDSShk7dm7M2qpgZh4yPx8NeqiKS4+PBO1o210x92Mxf5HVIgVD6nNs0C3t/D2LkzcQ3ODqXG&#10;qwF99uVyWBLH8X7atOCQefkIz13WzAOZTsFAuVrVxiKfHwN9tgPlMZL7LJvMN4MQ8ocwNENfMZI0&#10;Cby+omou8Hl+nvbBsra9K/7+AzCChy6kEKtMpF8admtkcJFBWpsXLM7FP8Qg/AFVUyOLkRTHb1C1&#10;0cBu3ahiNiLv98cFyXxojhzKLZPHw5hMlflF49x1EHMnmfrOGRp+SuaItCkzq2AEZQsQRuUTQ5Xe&#10;ZMgcVSfHkfwZK9rtx2jzgmfT4gxfmadfRuTvG5V+aInvKsSxwAXdWitlZDYecDc/ZVz8HVVLReZx&#10;jOHJNWvWFLT30p0E45m6ZHpSpMNaFx+Czns/vMHDizCsTabVbj8dA63D9bg+Yn61NgfmgKjjbFyf&#10;PVRNjXPuafgdjTzovxvoL7+XZ1/VYrCWfwoX+l2qZgIXefW4Ke/QFev9O/DhM+0YmIttt19orTMy&#10;V6JNlSGJvNRuvwqd+jLxVuHhHDxe0CJEnWi1Wk+H13svOX+sGDttDvQBDoScfbxE1UzgOWwbM7md&#10;qk1nEZ75W7JUkEqEMeYZuOgX59nrKHMwkfPXFTkXI4sK1tJdRXxwcY9lBayuXoakyXSKmVp0XOtu&#10;hqGfQifeF+1PXFzWjS8JmXTGda7lKnDd6OTDkr98yZL2w7QpNXhOtkFfkYroI7GvuBPVWXtVaQZv&#10;JoboRzB+mSdOhTiOXw5P6vy8MTi8hLOjqJitXOgUryDis4rcwD4M5P1LBx+TuTCOPwFv8aSI3dVE&#10;dBP+3QCjeYOEj3hNy/UT79iy/+7cl8yhyddlPg0P3A0GP4vftSEiviWKeBrf82Pm9uuM8+v0T6cG&#10;72kn5jhXXxplJBtAsiFwPzNtHtiMGLsoigorpjFsYOi2Qn88t/CQth8d74r8tVJySpsygZvxPjw8&#10;v4aYytCgM7xQCqOqmgtd5m6tWhVOxMoCeX9a1pX+zpym9SNxHkuRiDOAPumN97n2BUsNRDgXI1Vo&#10;QPJEYTck+Xo4zglG6nca8qeomhnL/Am8lkIc+EEQEv2pqEooq4x7Pf7uMlUDGYEHeKyKqWk5t7Ph&#10;ONMh7aOGeC7wvP2E9W/SpkzI82GpM7k/UnPBkmSP5/Xrqg4XY/2v4f3lTg6FBT8QH+pUiPOMH9z8&#10;EzmO36ZqLiRsgPGclnlKbQrkAPfsErmmqqZCvD0JVVRdkMi8lLW2XUS+HDzvuKgpnzohxg42pma1&#10;KTduXGScv6KIuYMWbj4RnycjHzrDU2VeSb+UGxi7txnjT1A1UAC4T88k8u9XNTXe+10QNXxU1QWD&#10;eGJy/gb6+Au1KTM6F1v5eSRVYMnHEzlPMywVjPiPkZVFOVRImzIjxSfz7AyZyfLlqx8llVVWrFgR&#10;ElxLAA/vX7IuAom3F5EvZF90E7CTk9sTu1uLWHmEZ/duKayg6kghTo+UGmtMUroczgLjd1XexY4i&#10;gBexP8LjH6kaKAHn4k+vWmV3VTU1CF1eLQtbqo4kCNG+YJjPVDUXnetl3flNzzbohXh2RG5lIbss&#10;qsaJ8ZPqt0MwfpIPaC3lXmUOJAOjcuZpiGXL1j5c9tSqOjJIYrkUAzDOvV6bcmFkKoB5upHGICEu&#10;jg+BUW9+KpN4fnLz4dJXshcXF+0Tln0hxQYCybCWV+QpzArDsOeoeHuG6JPw6goz4t773Yn82lE2&#10;dkK0qYpRrrzE2tFqtZ6EEf32dgGlnrrR8e6ICpkvCaSHnMu8TUoGRMPxpKqNwxizHbywB6KouFP1&#10;YDg/hYGgkJC4zsCoPwfXblzm8bRp9OhMUlr6Y5HGSUZBcvE3GTH1qI+IdQUezvo8137C2r3woOfa&#10;510l4tl2tgQ6t682FYK1dDK8nq+qOtJINXOi+J2qjibo1KdJ6oiqpSDGFOHtcZb5zGAAq4OIno37&#10;m7kcP0KbR8KAZDpYvCqkQCy8kuvxOTvVs4tCMh7gCFyLaCXzglCTGB+flipOa0exoMYWjPG7RESy&#10;fazSFSfxKjGafEdWu+Sh0uZASUSW/l3FTHRyKWvm7Y17v61x7k9FJcjPxBh+j8xlLVmyJHNBgaYB&#10;Z+QrsAWfU3U0IY6vGRsbK/z80iy0iN4sRQcpjl+jTYECkXN9ZeFK1dRsKkDLXtWh4Zz7NB7OB8oo&#10;fYWBWPYdXwGD15hQvgik+KmB84HPnzuPt7ZgdDxcHgJVa0dn4cO5M+FZtMK5FsVhyN+gYibgBbyz&#10;am8PofmTI8MbjKEjypoSEQ/HsnOjml/XDxfHPyTyo7vzplOd1bp1Ra7GSGhqLN1U5O+ci6y84cas&#10;J++Pz7qfNNAJ2Vp57pN4e/gdVtVSWLly5eOMcWukaMbyEs9AxsD6WskokBBZmxYU+PwvxAA2ObIZ&#10;FTKC4QZPYdQstFQTQtK1+J3PUxWegPuG9ZK3VO6FlCqzcsPwt8yKVusp2hxIALyaY1TMhKyIFrjg&#10;tUgWCBA2X4Po42gY5FInzzv7iZl/j4F6B21acOAaPxS2ILa2nXtvcW1h9gdE7H+qaiHIaiA8r1jV&#10;eXSMLPuvoINdUMUixRJ4f3iYP2uJb8XDc2jY7dEbXKdrVMyEGCbcV1I1FegL26DfnCE7ciDvUUU4&#10;aa3fLWJ3RxRFL9CmBYs8k3U+Bzs3K9HBMCLnOpmpG7J9rTU5mcq7ktU1GMqbEJpWVilWcrUiF3+R&#10;2N0SEf1C5ob0SwsaqbhjrdtH1UzAy94Pg8vbVZ2HzL3hXr9QDoSy5NfDw9orT1idChhScu6LMO7X&#10;Y/ArJdm+achh4xhsIgwyo5smxt6fZowptM4VQsnXGuNOUjUzUi9PjDFG+iMrexBm8LsJ/6wWu2Xi&#10;FeI6/WDMuVqsXlcJjMLfVMyEeHswnEbuH7XbLyH24wiZbkLoe8jatWsfq99WGVL5B59JSrgfE/I/&#10;/5vOHL73l+M+je6qLIzJ3nBfT1e1MFrMNxZVTmom8tDAa5DwewP+xiu0eSiIZ4iH5m1S6goG8U48&#10;RD+x1m4/iit65P3HI+93VLVxwLA9GAPWtxBmXy9bKLU5oHSyH5gvmTnfPnIsZX4kEV+Dh7bQ+TP8&#10;vg/j4n1b1dKR9BR05p/Ca7gGHuGLtbkWiFFsuamdLbtTI+Ouw3u8F8bjpM5JaGbqGU3yMMRo4P3L&#10;2cmNQK4tBsfPyNwcvJcXaXNgDnAiHorr1Mp7jkcpyMqjJOOqmgtZpEBY8UFVC6HTyYy9WYqPatNQ&#10;6BwQRHQoXrdJwmhTvC45oV7SLWy7vatUzsXAscI6f5EhvsmQv89Y+nd27lIi/7vI2mOI3GEwoO/t&#10;eJpyRoj1u/V6YTB4yyaPlD8lP4ffvVT6k8xdkvP/jJy/G98n26bOkUID6BsfkeMKZUBsSnqC9Du8&#10;/1/jda1setfmQA+kv2EQY/SDmpVu74IkROKmvlXVVKDz7yITxaoWhqzu4MH8pKq1A9drRwlB8cJ9&#10;pmdrc6ChbBpg+V0dz9m5oxfStq+8dA4bkvOWjSmkLmClRNb9Clb6M6r2ZdOpSnT52NjY47WpECTp&#10;VypTwBto3A4IuPO7w6O5ipj9SOcfNZylS9c/hDn+sHi7uF8nDzuSaCqdZ9X5K5jbQ50HLwSEKl+X&#10;JE1V5wHP5nP4+hGqFkbE/OOIaH9VRwJZ0ZPDhuBN/w0h5uIomi58ISbQHZmGkD3UEnajv25wm0o8&#10;LbgtXkUj+adweG6ty375QkGHebMlf6GqUuTzKehA16laGDLSykn7MiegTSOPhE8Iow6LnLsFIfLF&#10;MPbvl4l9/XIgAwixDoKXfR4Gzz20KVAgkmOK5/R+8fC0aXTp5NkQ/WPM2u21qTCMi5fIBnJVA4r1&#10;/k2G6HcR8f+UOVMMNp8KSa792VSDzZ2taqAgZK5TdjWpGsgKwr5tjXUXjWL+WVXI3l/2/jPWubPJ&#10;+fuN83/CaBzJ9AS8ndetRGit31orxsboeczxB2TBAO/1EkP8v2VuiNhdqd+SGcvxZ2XlWdVADnBv&#10;nJznoWogD52dCNbvpWpgCMhUwsTExLOI4tfAAL1H9kaTiw+37L8NY3Ty5pccpmycW7P5BY8fBnbT&#10;15j5hE0/w18l8h9ybvL1MLovkQFN/0wqWpZXrFu3Ltd+ZfH2ZF+tqoGUrF27dhtJOTLGVL6jZSRB&#10;mPx8WdpWNRCYBYzoNnBTf6xqZmCEvyIr6aoGEoBr9ktEB7kq3wTmIPsi0ambv7QdKA3ZDtgiv1bV&#10;zMiKOR7iFaoGehDF8QuI+P6wha5gWjz5UkM8rmog0Bc8gC9y7XbPyilJaTF/DYPsq1UNzEBOpYuI&#10;PqRqoGistU+VZONw5kQgCZKUbolylZMXOt6ei5eruuAxzL+WRGzxprUpUAXer94lYne7bYfdCoHe&#10;IDT9Mry03FWF8Xu+vpCnVGRRSubQcQ3CKX91IHLulcbSbWNjNhjAwCw2eWn+IlUzI2XILLtlqo48&#10;nR0ozh0Gr+5cKeukzYE6gk6+oxhA50J+VWATCMWWIxTLfVYFvL1vywCr6sjRqQBkJHXInZ033Scw&#10;JKSAQcR8meR/hfmHhcvEhH8WF3CmytTU1ONHzdvreLDWnQ9j/o3wjIwYUu4HI9j3mN2lWRNeA81E&#10;au4R87SquUAf+g6iiEZ7ewhZ32XI31bLwpyB8pCCB5b4euv918MIN/rIIoTpc/BPUsTbI/KnqNoI&#10;ZHO/FE+Q0HVxwYdqBRoMOvJbEbr8uYi8rkD9kFVHeDgXq5oLIvcj/L6Xqlo75ABzvMcTrXPnh8IS&#10;gcSQ9/sbon9ISSxtCjQceDqfL2KFP5qefgIMyqmqDh05T8Za9yt4c1eOZF26wHAw3H5j5ywI8l+S&#10;+UFtDjQI2SIF43COqrmAAT1qWN6eTM3IHCUMb1u8Om0OBMpFThJDp3MRRldJk9HmQM0h535TRN6Z&#10;ruRW4e0tiuP4w8b5/yUHMmlbIFAP/NTU7lK12TKfKcVStTlQI+RsXOPcD1XNBQa9nxd9rOeErKxa&#10;91eO42WSN6fNgUBzaCEEkgllKeOOBySUKBoyYkgQGnpVc9Fut58Iz/EkVVMxPj7+UPLtL7WI/wNe&#10;3LGLG3KUZSCQiTE5DIX5y5bcnda65Qi3Ci+dH+gNxfEbikhfEfB7lrT6Hda9ceMiDHrvw6C3wTCv&#10;4VCtJRD4bzrbgDj+MJFfLytxkXMfW7ZsWeOOr6w7ncOjqJhk5eXLW08y5E4aG6Nn4379IjLurzJv&#10;SEQ76bcEAoEsSDhkDH8gYp421t1NCImCh5gdXLtDyjicKhAIVITsKpmw9rWG+HhD9Hd4HRus98fB&#10;4wi1B7sgC01y8JGqgUBglMHD/jxr3b7GuJNgIO+C1/g3WWix5E62zh0oh/zotzYOKYkke2MRYh6G&#10;zzIhWw3x+f5TzlxG2zfwtdePtdthl0IgEEiGJGbDq9xWJu/hSe5F5N/LcfxZQ+77EflVhtkTuxs7&#10;L+c3bn5Flv43jM6fZ74kNWPm91h2/9z8s/K7LPNS+b3k/YfweitC0t2YeQfJkdO3EwgEAuWzYsWK&#10;x8BbfLYx/mUwcm/E6wOwdV+DIfshDNeZ5ONxyVfcYvzY/W2mcZv5god5++bvg7xGflaMHX7X92Do&#10;PgpvbV854rPVci9avXr1k8LZxoFAoDA684ITvANR/GYDI2a8HzeG74Bx+j8R+ztgjC6JOgeA+2Pw&#10;tc+0WvRmCZXLNESy8wV/Yyc9T/dIOYcWhnC1IX+tIf4jjOz/R8RXEvPxML4f3nT2Lm+jPx4IBAKb&#10;5vRgvPaH8fp1i/gWGLW/wWBcSuR+C4PxKTs52chVzXa7/TBj3J74HN8xzlk5RAqG8f9F28Uw2Edy&#10;u/266enprfXbA4HAqCH5aDBib8MD/0vj/F+tpbvgKY07F38aXt0z9dsWBDIXKYnBLfY/M8Zeoc2B&#10;QKCpLFmyRLyct1ii38C7+XeEf+vhyf3YWvty/ZYA6MxFMp+gaiAQaAqd8kLeH8zOXWqI7kOIehI8&#10;mT30y4EetKzdR1acVQ0EAnVFDjli7z9vJOmY+Fbr/WKpD6dfDiSEnPuRnJmhaiAQqBPM8dusdW1j&#10;6T6Eqj81xjxDvxTICDFfoGJu8Luux735Cwain0xOTm6nzYFAICnLjHlsi+gIeHIPWOc44vbe+qVA&#10;AYyPj28FA1XIORmSFmPYHy+ytfbRkuJjLf0hYj4P9/CtaA75hIFANxCiPh0h1y9g6P5myB0bvLny&#10;mPD+OUT+WFVzIbtEIu/3V3UWzrm3WOfPMcbdbJk/IfmP+qVAYGEihs0QnSLJtfj3myu9f5x+KVAi&#10;5Cf3t96/SdVckItPTjJAydmyMJBExL8XAxjOVwksGManp7c2zEchBPoLQqAfSEikXwpUBDzqo1XM&#10;jSU/pWJiJH2InGf0g+tgCN+tzYHA6CDbs+DJfZzY3SMpJbJRX78UGALk4/Uq5kLmBon5NFUzwcx7&#10;w9O/yRJN0dTU87Q5EGgmcRy/wLA7F97A+si5V2pzYIhsWmxw56qaC8Ptd0WRPUjVXMh8H8fxFzA4&#10;/jsigJ+G+b9AY4BX9yBD7gh4dX+2zF9B532ofilQA5xzzydyP1E1F5GLfwEjWvj+ZO/9sxCCsxwV&#10;MDU1tbM2BwL1Qk7EkpJICFPWO7e69wExgaFiDH9Y5tRUzQXC5NTzeWmRaRHx/mAEj9CmQGC4IBTZ&#10;A6HrHdb7n8npZtocqCmy2qpiLsSDN8xnqlo6nWKtzNdLSa/ly5c/SpsDgeqQ0BVe3d+tc+/TpkAD&#10;MNberGIu4C3uBQP0OVUrQwq3GvanycqvhOraHAiUg6zCWhf/yhD/GZ1+V20ONARjzGMpQ4pJNwy5&#10;Hw6zD8i+Ycv+60R8LwzgG7U5ECgGWZzAqL5K9lh675+jzYGGIZWXI+bFquYCfYHwz9C3mEnftNYd&#10;GFm6D8bvw9ocCGRj2dq1DzfOrcaIfhEemCdrc6ChiHFYtWpVIYdvG3ZWxVogOzzkHBFDYvxiMX5h&#10;z28gOTJJjQ40YZ0/P5y4NTqQcytVzEWL6FXM/DVVa0UnEd65t0TO3y2eX9juFuhLZ0WOaBxe3Xqp&#10;nqHNgRGgYwws/UHVXKB/HGG8313VWiLGjrx/L8L5263370BT8PwC/w06iEwK/wyewI2huslosnKl&#10;fxw8oEJCUiIfNWXHhPRtvN+PR+Ru9N6/TJsDC5XO6E90MEbtO4jaL9HmwAhi2+1dMbB9WdVcSI1D&#10;FRtDZ8qG/Xdh+C9FFLOgDoMKKLIX1jh/u2z4FuOnzYERRXLqpGahqpkxcfxia4tZAR4G1tpHw+v7&#10;rSV3NgxhOAZzITA+7rc17C6VbT3i+mtzYMQh9uMq5oJc/MWiavENE2PMdngOLiZyR4SzQkaU9evX&#10;PwSd9dfw7EiSVLU5sACQwS1id4equbDsxuQwcVUbjxhwGL8NeCZer02BUSCi+J2W6AZj4hdrU2AB&#10;IRWpDXMhnp6By6jiyCCenuwwkYIZ4WS9hrOi1XqKMe5Sa/kLTVltCxQPHuRXWY4/oWpmvPc7GqLC&#10;qi7XDTF4MHznMsdfDc9Lw+jkKJH7jnFuTUguDpBzhy5duvSRqmbGOneQtXYfVUcW6kRGfD3RZCG7&#10;VwIlM8FTO6Bj3tAierM2BRY4xHyeirmw1i1vt9uPUXWkWbJkycMs8wrD/gRJd9HmQJ3ASP4QeHbH&#10;Ivz4XahrF9iM9AtJOlc1FzCeIzefNwg5xc04fzO126/SpkAdiLzfUQoscru9hzYFAh1keoMwEKqa&#10;GTM5uR0G1RNVXVDI/B5C+1Mtud8Er2/IdG6GbB9Dp162bNnDtTkQ2IJxk6/vdRh3GgzzB6iA39Nk&#10;4PXt0mJ3SxyHLIihIHtkI+arYfDC3F2gJwhtv6liLojcyXIOiqoLFlkkxAAwBmfjByG5v0LItz9p&#10;idbKlhptCgS6Yim+QcVcWOuMigEAh2PvCF5fyOsrGWZ+pCUfY/T+ojYFAj2R+Sc8nNepmhnv/bbo&#10;e8tUDSgypWSsvQLX5j3aFCiSFSvaj7HEN0WR31GbAoG+SDjaYl6qamYQzr3HOnegqoE5WOZvE9Gq&#10;sMhRAtb6d0jekKqBQF+iiPd2zuXeU2q9P2bC+2epGuiCnMwm1ZqLqGQTmANGlcUYeQ9QNRDoCTlX&#10;yJaxiL0cAhQYQGeRg/zleD7fpU2BIpALK5PKoXhAYBDW0l0qZmZ6enprIr9K1UACrLU/hXOyVJ5V&#10;bQrkxaxd+1hZvV2xQLYEBdIj80voI+tVzQzC2jfhAf6CqoGEENGrInK3hHm+AsFo8nKpbSYJytoU&#10;CGxh9erVTypi/pfIfc+22y9UNZCCZcuWPTZi/lMURc/VpkBeDPlPGqIjVA3UgLGxscejk7+AKH6N&#10;Yd7POvdBeEpfIecO77zYH2/JnTzzhfbvbfk67mnnZ6zfi6j9Kgxqz8wysMHTeGer1XqFqpnBZ6jV&#10;+bZNxFq3Dvd05KvTVEbL8qnG8BtVDZTE8uXLHyWGDAbss+jAJxvnLiZ2fyPmf4uIr0THnoB8vBgu&#10;69ofwfe+odVyL4LxeXaaSsMwcNvKz8jfggF8K/7WQfibP8BrGf7OeXKMIzz8/4vX72EwuWMwvX8/&#10;M++gv6KDGFMVMyPvGyFyrGogB3BOjpWCIKoG8rBkCTqm8+eYqalwdGMBTExMPAsd9OPwcE6HEbvT&#10;OP+niHwEo/Mt7yffdOaZZz5Zv7U2SHFPOeYQ7/l4PFiXkvP/Fwb57/rlzOD37g6jGiKJgoiI3o1+&#10;dImqgTw4555mOJ5cu3ZtKDqQApmrwkP9HRiIKw3xv8E7Ohse20Hiaem3LGhgQA+TuWNVAwUwMeGf&#10;g0H0PlUDeZBQiKhT+icc59gDeELvaVkrYej/Q+wJne9DYf9yb1rOTagYKJCVK1c+DoPsPyQdSJtG&#10;m01VGvwJ7FzhexkxMn/POvcRVRc8nU3hcNsi6/4XPLolod5gcuSwHFy/aVUDBbN0/fqH4PreLkdR&#10;atNoIh0JRomjTRPPX2OOi81/2rhxER5uxgi9s7YsKM4444wnWPY/Jef/BmMX6fmswfPNAJ1zzpMt&#10;8+/RX9ehn35YmwMF0nGAjLsYxu9t2jRaSJJii/kyfMBXqy7VWFcyT3b0osDv3cpad5GkTmjTSBPH&#10;8QvwcI4Z5/9qyB0+Fmq+FY7xfndEJ+MRu/sxqH4zzB0XyiLD4qe0D1J9NJClf2PtzURTz9OmDnKW&#10;hXV+HSKwQlcEpXy8eDoYSUayyKFs7paOYojua8XxJ9KkhATyIYm2uPYnGEt/lOmUULG7GDBgL0F/&#10;/o6qzWaTYXP3jHu/rTbNQooQWuJrin5wrbWfQKcspGpuHTDGPNayWxbBo5MiqsuCtzF0ZD7Kuhj3&#10;xN2NB/aT2hzIiKRF4Zn9iarNpFNkEN6IPLDa1BUYvBfiw56ramFYy8tg/F6raiOxcfwFGLo/Ebkf&#10;ee8fp82BmiGpLYbdpfACL4Yctq1lBIbvE5boN6o2i00hLf1Fqh1rU18mmN8Fj/BXqhaCzBvCmF6K&#10;9/BMbWoEkmhtjDuXiK+Uw1i0OdAAOot1zJ/Fvfuz9f670gf1S4GEYNA4CN7zb1VtBrJoQc79Le35&#10;s+gkR2Kk/IyqhTA2NvV4jMAXL1+9+lHaVFtg9D8Ir+5+cfOTDhaB+oKHd3tivoS8X9tqtZ6izYEE&#10;RETvtNY341wSGemI6O9pDZ7QWdEltxLh8O7aVAh4P7Jn9NSNGzfWLn1DBgh4o8d29pJav5c2Nx5J&#10;R5C+IIdty2cUz19WPfu95PvkBfnB8hqVemzyLOAef89a+kPE/DptDgwAzy0Mn62/4UNI+488K1rL&#10;l69+lLXufNlapk2FQOS+Ych/XNWhE0XRE+CBWtzYC5tUilyM2Lp16x6B972TYf8ZQ3QKHuTz8EGu&#10;kaKdEfE/8IDfgbYLInK/hcf/I7wOw+tjaH97r1dE8Ttxjw6V78XPnSzpTPD6L7Xs/0ns7sffuQnf&#10;tw59o432o/Aw7AMDubUYFPzbmBAS730/4/zd+HwH7b///iH0HQCu17tk77eq9aSIJXx06Keig1+M&#10;B6zQEE9OUltF9BJVh4IYc8kjxAN+tpy+r821Q4yJ5ACyb3/LYBDqHMqE0FsMNbzmL8hmfEnfWD2E&#10;aQOE/ttI5Wxcy7fDO/4Z3t9VnRQSomv1W2oPPsMrWuTuweBxxKimVhVFCwMc+lzuA55qDzrFS4nZ&#10;FxmSSuhExNfIQ6NNlYGQ/Rmd1T3vT0eoV6uKzwgltxIjhlF1BbzhGxBq3wOP60Tr/V54r09vSpgJ&#10;A3iFio0BA8eOeKB/b8gd3SSPtWpkcaOIk+1qDzyi9+HhW6JqIaxZs+apMD7nigHUplLBSP5k+XsI&#10;BU+/+OKLh765XwYRGLInIoT8IsKsq+DB3Rs59wt0qJeeeuqpjS4+YIj/qGLjiOBVw1O9Da9v4h6F&#10;syW6gGvzSQzEP1Z1dGHvv2UMf0rVQpB5AhhTKWhY2sKGeHMSCkbeRxilhmpMJL8P3sQniN3VMHJ3&#10;WucOGbUjDcUbJZ/v1DLxtKoaDHshKUqR83e4dvt92hSYgXHuCPTlI1UdTaQj4iFdjpC00D26uHC/&#10;lHJUqhaGPDTk/LH4/ZfIbhNtrhQxADC6z8V1OxuG93YY+RNk61odV6+LotVyO2Nw/ICqmcDg9A5j&#10;3d3EfD0G288PMxkcEcJb5b3INI82BRT065/j9WlVRxMpVW6tXz0+XmySMTr3ZUV5PGJQYFw+gI56&#10;Mx6WHbW5MjqDQxy/HO7/RYb8bXgvB6BtYdQrAzBSX8c/uYw6rtlREvrLoCGLNJbcbyTkJHI/aa1e&#10;PZQBLLL8VUt0U69tnAuURVKaDjbhHaqPJmOd6sh8Lka+wlZ0x9ate4SsSuZdgezMxyAkicjvr01V&#10;sSiO4xfDeEvKyK3M7b0X6gZ4hO53qpiZlnPnqDgLDGLbWvbHReI1G/d9STfSL1WCrKTLop61vGL9&#10;+vUP0eYFjQzyiGKcbbd31abRBOHHblI9RT6wNuVG0jIQSsRZfqck1OI9TeDnz8DPVzYXJNn9+Jun&#10;iBcCN//ALIngowY5f4+KmYimp59gXDzw5LNWu/10mW4h525pWfdBeIaVVbjpFDjA4BZ5/25tWtDI&#10;ABAhWoMj1KhtpqnBaPwRhDI/U7UQWtYeaCjdATDo+PtKB6xqe5HsUMDf3Afexi144E4aRtpNXVkC&#10;w2PZnalqJmBQXm9tfIiqA5EV1si5V6IPXC4eBwahqs4VWSTzWfibG0If+Jd/WSbVh5y7anzt2q20&#10;aTRBqPEDa12hRQfFg2SeHDhpLJPbMsob8gdrU6nAi3uipLsgfLsRb3CPkMU/Hxic1+Da7K1qJhA6&#10;fjvrAHbiiSduFbH/sWwlNMz7VZFsvGLFiscYJ0Up4tGoQZeDiYmJ52AQuLTICLB2dBYNLI9RHL9G&#10;mwpBFgD6pZeIoYNxvKyKcBLv44WW/HqMYmdWPYfUNOCl/0jFzMDTm1QxM7IAwu326yLiG/GejpWk&#10;b/1SaTjnXg/jd7OE3dq0IFll/O7iuKg6mujk7nkyz6FNuZEFDTF8EkpqUwf8jceiY91hOH6PNpUG&#10;ef9WSTOBN/mNKucJm4xl/jcVM7FiheRUcm6jNxN4n52k9M6B5AVXBp+LLO7JQgd7/11tWpDgOn/M&#10;GD5K1dHkTGufirDmPElp0abc+NWrd5HFCVUljeEDLebrZaO9NpXBIoxSH7IU3wXP7oPiMWh7IAG4&#10;RxtUzASMxitkJ4SqhSIVrmGQxuH9XVD2/C/67ZuspRsweA8lvaYOGBcfjf4w2gc5dXLTmMeKnEeB&#10;l3UYjM9BUsZeJo21uQwWWdf+oGwFw4NXuhc5ish0BDycX6uaCTwkX4OXMOv8lqKR6IHI/Qb9aV2Z&#10;xg/RwdYwshfg89SmolDViNeLzz/UwiKlA5f2AHSoH6paCFLCqN/8Xl5a1r4DxvoehLMh/SAH3G6/&#10;UXZjqJoJ49zAVJWiEC8eRvZ0PJiXjJV4Yp/x/kt4LiYXYt6mDDDs3HVVzKkOFXTcnxD5j6paW1ZZ&#10;u6shfx+8yY9pUyAHGDiW5lm16+z2IbpQ1UoxMrAyn1lWrt+E98/BZ7tpbAGe2RHJNkxrz4c4slsv&#10;O+AGcxS5V6paK2QyG6P7ZUWsNAb+Gwwe/4F/MnfsMWNeLNvMVK0cGOytJOdO80QLf0DFoMpiCozr&#10;Z7VpwWCdex+u69GqjiadG2z9RcZMPUObho6swKLTnYyQZjKPRxLoDsa5y1TMBLyBz+I19K1MiABe&#10;HhH/u5ucfL02FQqiiy8hEormZiaMOhgUj4XDMdpTSDJJLIavDgcByXxdi/h+2ZurTYECkXs9Ye3P&#10;Vc0EDMFZKtYCcvHhLXa3yIKENhUGc/sV8H6ukqIK2rQgsM6vG/k8xhbRqxBKnlVFZnw38DA+ybC/&#10;LnLuc9oUKAFZDMqTpylpSJIArmqtgDFfZ4i+r2phdPqmtVdEUVTLaaAykF1Uxoz4jg0BXtbBlv23&#10;VK0MQ+47eJAuHJbBXUgY5pZMH6iaGpnsxu84QdXaYW38cnL+n7LNSpsKoTPl4twEnpFPatPIA6P3&#10;Fst8nKqjCwzQiejU71K1VDphNbs7rbVv0qZAyUTW/TVPIrfx/gDZNqZqXVkkK7xlHH4taV4R+2P+&#10;ZYSLy87EWv4lns/RrsEnENGUbbdLXbI3FH/H2u612ALlYS2tVTET8HZOVbH2IIzfRc4AiaL2c7Wp&#10;EGAEPhIRrVooCxzEfOXI72XftGRPl7daxW/NWbly5eNISj0RFV52PtAfqXiNkVuqJWdC5ncs8fWq&#10;NgJ5z3hoxy0XW1oNhu+1kqs4jOM8q0YOBsNnnVJ1dCHyBxP741UtBIy87zGbsr7D3N0QgHfy/lar&#10;lXlFDvfvGTAgp6naKIjiN0hRChjBwlZ4YfheaKy7YqzGZzEXRcvyF0Y6b5Hi+HDn/LF55n66IS6y&#10;nIehaqBi4F3HebZY4effi8GwsflbnYpA1l7lC9zGKAfRR8RXyr/aNLIYjidx7QpdIKoFsOY/IBd/&#10;Q9XC6aTGkD9D1UCF4N7eI+Geqqkh4kI9/2EgAzk59z1D9Dttyo2UUZOakaOeWyql6SSNZaROCJRU&#10;BLw+o2ppoNN9wzr3EVUDFUHexypmYZGUYFK58Vjvd0OofhNC1EIKZMjvkUrExvhdtGkkgcPyIUPu&#10;UFWbTcT8S4xWlSQGy0gBr+E8M1WfrW+jDsKSHZnjL6iaGqk3h4c615kadWOlHGPAfL1zU4UkHcvU&#10;gSxuyOHj2jSS4DPGcia0qs1EwpaqJynFVY7Y3aFqoGQQzn0yz1Yq6yffhEFx5KrcyOlgiDqWt5i/&#10;pk256GQ+yKH1Ll/prjqzVk40JLq8sWGuLFhErtgDg5IygdEC3sPFqgZKBB7NeVIiXdXU4EH+sexK&#10;UHXUkGTmLxAXs6e44/E5v84Y82JtGjmM4Q9LQQZVm4Nlfwxu9pdVHQocx/tZ73+saqAk5ID2PKlC&#10;xPE1Ko4s1tq9IubLijDu4vFhoLmMiHbSppHDOHduo1atmf13EfLUYkLSMP/aGFdKeaDAv/zL4o0b&#10;HwSPOnOl402pRuxUHWkk+oDh2yBFBrQpMzrHt35iwj9Lm0YKWbyxriG7qoz3X8ONrY13JR6InK2B&#10;0fEx2hQokFVEL8mzWg5v5VV4jcaKXQLG2u0nknNXF5GCAq9xK2PdVWXsbqoDsCPfRt/aR9V6Anf0&#10;Y1JUQNVcMHNLStComouON4EQTNVAgVjLXxkbG8u8iEHkvlPk6XlNQEviry2iuAKek23E8I1PTxde&#10;768OIGK8SYy7qvUChmVvmawtYqcFPLNLWtbug5t5t6zmaHMuMGq8umXdlqMkA8UgXnSePaIIY9ap&#10;uKCQ2oFyANIE8we0KTPGmO1k0U6yFrRpZGCe2kGqsahaHyTEwQ1s552kFYPZcdeZXyE6nXPOk431&#10;V+H3FlJsUBZW8JAdomqgAIxxV2RdxJApB1n5VXXBIf0a4dup1rZzJ9Pjd+wqRnTp+vVlngc9FNBH&#10;xuM67UiRFRZc7IvyuqD777//v8Llvwbu+g7a1MF6/1rDvELV3KCTnY33PLJ5TlWiYdpKVVNDMh/I&#10;XHlh2TohAz0G4p9b9rkzHWT/Mvr3r0ZqKxeQQRXO0BUQh/+5ZIUFYeN5eZeWZcSLiK/G7+taZ088&#10;NBjDQtJfZLlfVtDy5JUFNjEWRa/EdcxcFBYP6CG499uqumDp7CJy8dGRdbmjEDgghw87VawMiNyh&#10;efpaIYxv3Ciu+USUs7Y/bvi/GqLLpR6bNnWFfTwOg1VI8VGMiM8m4ktUDWQE3sl3cS2frGpqZMBU&#10;ccGzyfC5o63Nb7BkSx8ckT1VHRkQVdw01HlL9v6nskFY1UyI24qOL6VzXqRNfcHNvKOowopSth4j&#10;669UDWQAIcfNWVdexdOWBFtVA5tYZK37easAw2edvwIG4tmqjgTcbu9hvT9S1WqBh3cgjMZRqmYC&#10;I9uDYPAuMyZOvJ1GVrzynsMwE0Pu+61QkSUzxvl1WRcx4CE+T0I6VQP/zSLrYhg+m6tfSvJyi/hG&#10;mYLSppEAn2fdVNWFVaXKAwxeK4/hEYOHUX46ilzq0FiqV4ibq2ouOqvFzJPwNJtd1SEjMpcqHtfc&#10;V5IQQu6DcW6JqqnB3/lUFEWFni8xKki/JO9PM4bfo02ZkN0akg+YdWCqI2NjU4+HDTpd1fKR7TMY&#10;oS9ckW93w6KI/CpY7L1UT40xfnf5HarmQkZCyTWDARiJDe/ywETT008QQw7Dsp9lf5zMX0bsboxk&#10;5Cd/g2G3wVr5ly+17MbmvmRQw9evle+V78PPboic30D4HfDy4SDH3zDsP4++8Ab9s6khcqxioAub&#10;Fvd8lHcLJSKZfXC/fqLqSCD905gKSsfJaGGtm4i831GbMoEH5WQi/15VM8Pefx4P9FdUzQVRW7ZS&#10;NW7/Jx6MrWhycidch2/hul4jhg0h5xW4NsdEzHvj68+UyrtFjvTiBcq2pzFrt5eVcG1OhfycGFRV&#10;Az2QgRj9cjUMV6I5715gIDsV/eM1qjaeTmK3deerWh6W+evkXK6aZwiHDsPvOEzV3MB4niUHMKua&#10;i8jag/DefqhqLVFP+/3G2ovEwOFhwCV1bx8baz9RPAP9ttoD7/qpeULjhUQnEsEDLgcnaVMm0F9u&#10;kQFQ1caD/nMSnoXyqswgTNoDF3+5qpnAw/m+yLlfyNK8NuWmM/eBh3/lypXbaFMuZDWXvK/N8ZEd&#10;71pKj5Of6nRa507EjX62eAD6LY0E3ssHbbu9q6qBAYw59zRcs/Nx3zPvr8XPbmWJbsAz0/j5PfkM&#10;cMJ+GTl/tjYVi3gXuOAX5dnessraXSOiqIyHVVapImPvK8KYihHFxbykNTn5FG2qnA0bNkhIs48l&#10;/oPMxVnr3zRqeyphuD9miG/F52Rryz34fVSQBURiL6sSmY0WUfwameNVtXHIMx6R+yKejVtLWwST&#10;kAnGahU8vVlbw9KAn90GnfzC6RKrQOB9bgtP6DpVc9Ex8kSXV73ihev0amP9bRHzBW716heJAdYv&#10;jSxjY+seYZg/g899s5wgNqq14YoCYe6+GJSPyTPAG/an4Xl8iaqNoRMdsLsTEedu2lQO7P0BCKkO&#10;VzU1ekbA+RMTE6WfZ0nUfhU7N6ZqLvCZ97QuzhXOJ+FMmdvCw26cv5ni+M0yyOiXFhwSfuFh/GFk&#10;/d14sD9bRlQwCmBw/EGL+ROqZsJYe19T+lpn772lu2Ds3qFN5SFzR/A6plXNhDzQ+B25a4YlBQb2&#10;0y32hRzCYsgdhg5Wyh5GMdDE7l6M3KdmXQEdZSYQWXTOgWCebLXbT9fmgGIMwwbYzAt4eLafbG29&#10;t2FKlkhk3d34nHKoWPlRj4yyYvCkyqs2pQYX9osYsSvf+Eze/w7Gag9VcyElbWQhQdXcwCgfiGvy&#10;AK7Nh4pc0BlVZL4WA+cpst1NSidp84JHBkpj/bpx7zMXa5A9vnhOhruBvwuICp9lyV8Lp+PoSp8R&#10;hLWfgaX9qKqpsdbvZsmt/JchPNjitkfsrpazVLUpM/q7rkMny1VqHsbuEDy4d7tQ0ioz5NyhCHPu&#10;wzUcuY30WRhnfiYihVw1LDH43luXuWMY4G3g3Z8fEZ1R9Xz6v4whrIVLmflAjhUrVjzG5Fxez8vy&#10;1asfhdDoDqnRp02ZkfwoIr8WYmoDTi7+Iq7F3bihmReCArPBg/oleH/3RS79FsZRAwZif1yP76ia&#10;Gjznj7ZE16o6FCQzAU7BmXitlvejzdUhowa8tHNWrlyZ9WyKRTAQq+oQishKIB6Mq1XNBW7Gvrgu&#10;iZf6nWu/HQ/mvTB2nQrQgeKxzF+3lm6AF76g9+9icD89j/eLfvol6/2bVK0M8eaM4aOM89e1CojK&#10;MgOD9X64zJ9WNTUwMl803n9e1aEDo/M6fKZCEhhxXX4e4fqo2pWJCfd88ezy7lwJJKOTV+ncb/By&#10;Q/ESaoBcA/S5K/IcK2ms+6uKlYDno5Nrl3d7XW7kosm+TVVTAzd7J4y+kjJSqwl6ucCyEqtqLqRi&#10;RdTFs+ik5lg3Ydktk3lAba4FCB+eKAUaYBc+Itvs5H3iXq2X+RxyfqO8InZ/wr/3ywuf4T+lDffy&#10;/4EndRu+fzXkX8vEN4zLPnWsjNLJrfT+WltAyfUmYszkdoZjqXyUaS7srKmpZ8Bj9KqWBv7GflIT&#10;s5WjUEVhyGghJ5mdZcx22pSKzmoSuzV5Rpsygbd3RhET4PAcHwlDcK38q02yWvxuQ/42GLtnatNQ&#10;kBpjzPF+MFBLJbSW5X50spYcvC7FB4qoQYbr+FZ83i+pWjs4jt9mLP1hYmJiwZUKwz0/LCLKvPiI&#10;PvJLDISlFB2VDAh4dvdi0PygNg2fOI5fbAydompq4En9SLwAVWuHjIAwypeemaO0+WaMMS8WYyIV&#10;nCPiy2BchnK6mnhcMHDfhRH+Q+T8dfByfkztdqmZ9kTuY0MPSQYgnjYG8HHj/QkLLS1IchsxIGca&#10;fOW6oT89oGoh4L3sAGN6I8LvI7SpHixbu/bh6CBXoINkCsuY26+AEThN1doiaSfGWPHIcoefuJGf&#10;xch620rmQgodJEEmfsWTw9++UjaOo4N+OW8qTVoIbiO8gUwDR9VzbtxGv3T+joW00CGH42NwPzfr&#10;Pnn0r7dZy19VNTOSP4j3cTHswvGwK/XbTomH9+Mta9+nairwID4cD+BUjtXeSpGzM2EsGnMgUMdr&#10;8f6jMukrBgeD0+76paGA93DB0hmhfRoQdv4F0cCdeE3YycnttblU5PpF5GPc8wVzzKR44/i8Wbep&#10;LcLP/l7l1IyvXbsVvE2YFI9Ln+9I2NIYH5/eGh/yelVTg7D2+3UOa7sBl/tt5PxvVa0lJo5fDM/o&#10;Inh1F8iWNW0eKosXL34oOnOmatV4AB5KHF+g8r8i3DkUhvzvcriU7LrofFOJwDt9v6xw1vZBLBj0&#10;nXWtVrZKQcaY7dJWJe/cXyl7BodCqnZrcz1BR1iCC5Rp1MXF2QUPwe9UbRSG/dciN5y5uH7ACHwN&#10;g9C/wTB/Zhi7WfohBzhl9SAiv2ZHfLZ5qUydVVcpUU98vY2LKQbbC9lSiajkVvzNkd8Vw7x2G4SW&#10;axZn3NkAR2ZlkoUvmTOFZ/mNiPgWiaK0ub5oJ5CdBqmR+SV0VlfX1dokiMGWCg6qDo3OXJ1zyyJL&#10;N8giiTbXDjwIh7iMixiystivJqB4fy32X4bx+wu8jFzHig4CA73DoPcZVUcWGdjxWd+iairkDByZ&#10;O1a1K/CeP47vuR+Xsxk7Y8RCYyRwYxnTGCT5Fhb+c6o2EjE2cMcva+coqpAH+ftSWNVad37VCxJZ&#10;MIYzpyQRu/tVHAhR/E7JF5T939pUOPAqD7G2fjmlRbOpUEO2BSR49d+GYZtXjh1RyOuI+AHYj9oV&#10;K+iLlJ+Gp3OGqqmQ1Tt84EnJ7dOmxgLP6rGRcRvE09CmSoDXNIZRWM49aMyZBejo01kqOMu1xSCZ&#10;ejsgvIi9EU3cYzj+gDYVShRFr5ZqHhhwRra0V8u5nXEdf6lqKuReG0u3qfovY7b9QtExUDfP2dmU&#10;iByft27dukwlyA25Ja0W1WJyvQhkNJNlflVLBeH0DyS5uYh8wSrB6P5IDJKZFn+898+x7BermhoM&#10;sB+wRPfi97xMmwoDodnTZLVSzlLVppEDkURbHBVVU2E5/gR5/3E4Btdh4PqRNjcPWZ3BRThe1VSg&#10;4+1iiBq5eNEPPNT74eE6QdXCsdbvhVHyH2VP1peFgcHBw5PpxH0Yy0/m9Wgl1wt99ieSMrN8+fJH&#10;aXMhyOAPj/JOMYDaNFLI9cK1uzBLNCNeMK75aVVHQoXS8fKILs/i0ssHR1hmzjnnnEZ5KUnBiH+M&#10;5CyqWgib5w2J3OEyj6rNjcMYOgL9JtNxe8a4m1XMjaRDyPU0BR4jKkjfNsQ3Zc1kqDvw0g6PogVa&#10;igvG7unss52GJOVn0IG/r+pIAWP+EYRQK1UtBPFwLPE1Y2NjjQ+d5GBl9J3UCz5i6CVNRNXCaFn/&#10;Dtyzm/NUDu6Gsf7aMsLoGrDIsLsdxn1hnTvSyalx7sosH7wzqck8WUUiadXgc30YXkymRZ1+RIY3&#10;DLVOWIHg+kxlufet1uonwXsu5VBv2ftsnZcKMLm3Tc2k40kaM3KGLyJ6Z8vaTFMUjUU8jjSFMGeC&#10;Tv9+8VxUHRkQJr09ynmIeS9kCgG//+alS5dmPi+4Dki/wWB5kqqpwIP23qmpqVwn8w8Cf+P9MKzr&#10;ZbFFm3KD33c5UbnFG4aBpAItWbJk4RxEhQfwXPHYVE2MJCrCG1oj81PaNBLIkYsIvWJVS8E5t7Ok&#10;p6jaSGS/L+7/fqqmgtldqmKpSOgNw3wjPLTC9ibD47tlwvvSjy6tklXWvhyeceaV9EYhoQlCAVY1&#10;FcbQJ8n7/VUdCWQVFZ26sxe0bAy5w2E4DlC1cVjvv5u1nFRE/j4VS6eTcE/+d5Hlr2tTbuAo3N7k&#10;XUczwYDwdkt8Dz5Tpl0ajQNu7dlZikhKqoFsVRuFROTNyClSEfHVVa6mWvJTRJOZVj+HDQaH86Io&#10;Sr2JXHYCGONPV7UyMKB92rCzRfRZ+R2RsfcVGTpXDbXbr4qY78Bn+ECTMwhS0VlBs/4GVVMRWXeQ&#10;tS5T2ak6IkY8Yn8dr19feSeODN8x3sAqHxIhZFn8Qmj/llVEQ5kXk6K4RRzdKcjcbOT8nyStRZsa&#10;gVTqiRDyyw6Kpr333CCG/y46YOrwRAyEhICjMjrInCS81svRAQpNc0gK/u7WMu/UpOuJ0O4pLeaf&#10;qZoKWVlVcSjIe5eHvtVuP12bMtMpiknZHIeqkR0wcgog+to3mr6IlhkYrn9TMRXOtd9n3eh4eUR8&#10;Glz8PVQdCnIgimFf2s6PojHMb8w6B4QB5u8qDg0MdA/Hw3/1WAHVa3AdXm8tL1W1dohx71QrJnf0&#10;WMYtpiNDFsMlcxgwltPwSkZiLg/X4CB4vLknuK2LP53XUyOiY+UAG1VrTcR83Ji1L1Q1MYulqKT3&#10;kapDRUI7S3wJPNaXalNmYECPttbtq2otwLO6DYzdGiJ/ihy0r80LntQP6aZRrX5FNrNgjN9Fav+p&#10;mpVFMHjLYTyXo+Mfq22ZgRe0fmxsrPZ7PSOieKX3qY8CkDqFMO61KUohhg9G4cIiDB+834vtmjVP&#10;VXVoyHwl+qMc5xlVeVbLSCLzAJK/JhO42tRYZORDWHtT3olchKSno7N3ShwZoh/Ba8x6BkGHzkPo&#10;/P34t87bghZF7GlxhrNU5ThRFeuEnP+Q2+OT6yGpOHn7VFY2ncJHvzXGnXumtUM3viNBq+VeZNn/&#10;WtUmswghus/rUSFMOx4G71OqdoAXPMGTk69WNRPovE+C93G5qrVDUnuyJrJiYPiHirVCDBXu3TpZ&#10;2dSmTCCkfKYYHVUrQXJtJbyW3SJRtHBOeKsEXNjfwmVufCWVziliOfdlRpa/jd8x79R8yd8Sg5V3&#10;ZVCSvvH7v6tqrUAfeKfsWlE1MXJtjLVtVWuHzFPjml9vMh5svxlD7rDN3n+ZyPwoDN0RkoIjRUG1&#10;OVAU3vttJRlV1caC0Pzpxvp1qmZCjtIzLj5a1XnAa9hKCoJm2do3EzyAKySBVNXaYMmd7Jx7vqqJ&#10;kc9S96x/mbqxxL+H95S5zp8YT4OBT7ZpalOhdKZAfFsq9dxkzHCP/hxp4HkcbL3fTdVGIp4Gs7t6&#10;fcYDjwU8tHvC+I+r2hOEOTvA45uSv6lNmYB3fef49PTWqtYCmdeVXE1VE4PB4sRhzXelAe9xa3hP&#10;N+bJZZPfgXt3o6qFsCmKoP0j5lukhBaaFsYuimEgaSp42C9WtbFg9D2YOf6wqqmRCroWI/jihOk6&#10;khIUOfcLVTMhRgIe399UHTodL0aMfob0HEOdvNBGPKiyqIHP2cqThmQMf8BwPGvONyOLpGYlsbsF&#10;zseH8qZGBRKAUX0XPHiNrsCAUPOJeRYHYHweCoO3fjql14Xr9mOTs+ry5OTkdhHxtKpDJYriF1j2&#10;R6qaCgyclU7w50XO4zXkDlU1NTJgGesuyhPmRjz5anidG9CPvpA3agikAA/t72p/OvkAEJJecGyO&#10;OTa5BvB4X6FqKmSTe965OYRKXzQ8/1DsqoH3+hF4QG9UNTHW2l3hKX9Q1cYQEa3Kc37J2Fj7ibIq&#10;rGpiVhG9RE5ks5a/FYxdxcj5t/AyLlO1kRg/tbt4XKqmRtJSYHSOUDUTMLrXj43lO2CGnOdoyKfF&#10;R87/NkstOXh5P2xqfqeWU888r4rQ9FtRFL1O1b4Q0fOs8+vIxUfD2I1UncrGIKttzrXfrmrj2HQA&#10;j7tH1dTIKiVG6txpFjIpjjDl9jwPvjwEluO78q4K58EScZYtTZGx/5BwT9VGgT60FQa+S7POpY2N&#10;rXuEHK4NsefPwxN+KgbGaXjSv1mwxQDqQGcSHRYv6cR9HSHX/hwM9+tVTYUYTEn4LOr8D0lcxSh+&#10;Tp5wBfdEHsDbVa2UJTDYeHjPVDUVeM+yENbYCXgYpYPghR2sampw7/dg9vP2eEskhWvTYucwlg1v&#10;MAsocngNQtvG5uZJJ4JncpOqqTEu/h5CE0kNKAwi/27L/hhVM2GM2T0il+mA7TzgwX8hef8lVRMT&#10;eb8jPNQvqNpYjLXrJF9V1VRs8vT5vM2GbdPhRe5U4/zqUAygRsjBKrhRubZUDRMYhl9k3UGCsHbn&#10;svaJYmQ/KiL/IVUzAWP8Azw0lVb1gNcrh3On9prhbR8q1ZJVbTSW+NasYe7EBO+Ae7bcWvdzPFeX&#10;FX1MZSAnnfkjhGKqNo7lGEmNsVepmopNuWju0qLC2m6g86+mdvZTtTpTD0Rrq9xYbtmdiUHk2aom&#10;BobiLrzfkThXFcb7QAxamc410emi34zaoUIjg8w1YES6SNXGgZH0lxJCqJoKcu5zxuTLrUuCZf59&#10;O8NB2ZsR7wnh0e15dpikwbAfl8FE1cTgPa4bpYRahLk3y9yqqoFRgSh+MwzH3qo2ik5VXOJLVE1F&#10;J6/Kpc+ryoIslFhy9+TxgmRzPO5T6ae3wTg/Bl5e6oPPjZncDoPId1QdCXC/to5wMVQNjAIyKuPB&#10;d/JQalOjkBynrB6UITplIsNm+qxIuIjX2jyeUMvaD3LJO2akigce9C+qmhj0owOlVJaqI4McBB9F&#10;USjjNCp0VpaIGnHYyVzEeCD8uE3VVMjqZOTcSlUrAwZrP+vin6uaGvnMcs4HHsLUi06SPsPt9iss&#10;+x/IPGbk/P+SCjHWugmEs8fjddTmF4zz8/THErMpKXs0UzFshWf3BkpmDN4HHL3Uo3odwIN58FlR&#10;tKOqqcDPxjBAQznHFCHgseT9u1VNjRgW2TkzNjb4DGNZ/JBCCMbyH/E3x+GN7VuWYTLOXSET+KqO&#10;FLhnh3sfSjuNBHK0nzHmGao2ishmq8wr+yst8y9VHQpE/sI4xzYzOdoQv2N9t+RnMebW+sXE7n58&#10;zsW4v5nrxSUFg8iTYVCXqzpSyCHnMvcr6SfaFGgqkkRprL9C1UaBB/llUo1C1VRIjbg6eCSG6F5Z&#10;NFA1NS2iV+EarFBVFiCeCG8uNsxrpEKKNlcGjO0Bhvgf+FyZq5XUCZnnloggIrdyyZIljT8rJgBk&#10;ZarV0Pw82RiuYiqYJ6V2Wi3OnJX8SPHG8mxVY++/ZlhePGnZLctjRIsChuI1MHx/hwH+pDY1DgtD&#10;J4OHPCPaFBgFECLtjNH5Xao2BkkkjtAhVU2F4bi1YcOG2iTPykn08DwvVDU14o1E7L9bRQibFj81&#10;9dbI0r8jPMw07zoMjIuXYBC5Ds/GyK1CBwCR+00dH5ZBWOsOGRsbGziJPxcxMIb871StDZtWdEd3&#10;voh9fBzu2ZiqtcQ49x1j+Q9hB8UIs8lD4KtVbRQIO6QUeWqY/XFTU4NXPIeBLKwUXfCgTkxM+Gch&#10;lP9b3RbNEIIfjIHwPmP8y7QpMKpIfl7EceMKhk5OTj4F4VzqyiXi0Vrna73VTlZj8T5zHUlYZ2Tu&#10;Eh7VueTcx7RpaMDY7R859yfZjaRNgVGns9JXg86XFnhEP86SZwaD8lEieqeqtUUexFFN8N0Mwvlv&#10;IZw/WdVKkUN3jKX7YPTeD3Vk9ggHEiCHFEdRNNRy5FmQ1c4s27iM85mqsFTN+Pj4QzEYZa7+3BSc&#10;c/ta61arWjrwoCXF6R7r4k/nWS0PNJdFlvyUyo3Bdsps++NVTYxMTluioXgWWZiYkPfr16o6shjm&#10;NzLHk6qWwpid3B4D3s2yo6Kp+8sDBSBJydb5xnkTRO7wLKvN1vLilczbqNoIOI7fY9lnPuCoKRhu&#10;v9Gyc6oWBkLobYz1VxnnpCBFSCxe6CxfvvxRLXKsamMwxA+k3Ukho7se1NIoJJcQ3smfVR1p4PF9&#10;ICJaomoupBy7YXeu8f70LPUAAyPKypUYBdHRVG0KCMkpVjkxq4h2sj4+TtVGIHOWkXNXn5mx/H0T&#10;2VT5xWeqUizAs3skPMYxSz5e1sDc00DJyEqmX7OmMVnyAnN7D3Ts1IVOmf13syQyDxMMSCcstFSK&#10;Tpkw59ZIIQVtSoTszkG/WCoHvI9iLb9AQcghOHXYcJ8GY/zpWUrCG0uZ6u0NC5LT7p37laoLCimJ&#10;T+xugThwdV4KAFjLP4X3fzmuWeqzPAILCFmuj5ivVLUxGOvuTrv6Jkf4yQE3qtaeTUVR6S+qLkg6&#10;lWOs+42q8+hUBnLuCISx18LY7aTNgUBvxHBgNG3UBLkYavI+9TkFEdH+1vvXqlp78H7x3+oF77VY&#10;hKtzixRgQHgQPLvPWuKb8LVXanMgMBiZA7HON2rlVs6lbTn3QVUTA0NZu+ICvZA9weziWm/KrwpJ&#10;S4Jn30km73i/xnwgYnc7BrC9Ot8QCKShcyYG81dUbQRSLw6h6uNUTYR4tHJYs6q1RxJoQ/Lsf2O8&#10;/6S19ue4h3da5/ZBU9gyFsgGOtLLJ6xtTMgnwEinPnCGiJ6MV+pjDIfB5OTkdgjdGjUQlc2mBPqw&#10;ZSxQAMa5Q6N2u1HH2VnyN6T1giTlgxtSINUS3SpzVqoGAoEikdVMmSdRtRFEzKkXMQy57zfhc0bT&#10;00+Q1AtVA4FA0TRtI7vkYFnvU4d+8GgbceARMfvxtWu3UjUQCBRJZyWM+CZVG4Ex5o0yD6lqIqQ8&#10;k4TEqtaaiN0GFQOBQNHIpLBlblTyKzn3DamYoWoiZKWXyJ+tam2xzu0LT/atqgYCgaKRrWd40O5U&#10;tRFIoUnZnqRqIiRT38XxN1StLfBGLwznqQYCJdLJXXOurWojgKd3pyRUq5oIWbU1xu2pam2J2IfQ&#10;NhAok/Xr1z+E2f9a1UZgia6RnC1VE2G8/5KKtUXOKDFEjT0MOxBoBJ0Jfu+Pc869aOYLD+AL5XDj&#10;ua8oip6gPzo0rPPnpE1QjWz9q5QQue8ZMzmyJ58FArWgs3rL7XfJBPrMF3O8H7n4G3NfBg8mvr58&#10;7sswj+Pf1XNfEfFl1vpr574i8vdFzv9p5ssS/8Wy+7/k/MaZL7T9H2PtzUR0k7zwt1KfoRCxvA/+&#10;MrzaA+a+iPxbpS7fzJcx/Eai9kvmvuI4fgHeg+zsmPVKG253A5//kiJ+TyAQCPTFWrv93NeqVate&#10;Yt3kPnNfHSPp3OFzX5b5l8T+tLkvS45hVOOZL0t+Cj9z9dwXfsfv8XbCftJAIBAIBAKBQCAQCAQC&#10;gUAgEAgEAoFAIBAIBAKBQCAQCAQCgUAgEAgEAoFAIBAIBAKBQCAQCASKwrr4EGb/dXklLwxAlxO7&#10;q2e+LLs7ifmBmS9D/F/zK8PI19wtM1/GuvONi+3MFzMvxf9+Ji/8nn/TtxsIBMpi8eLFDybvT8FD&#10;fsasl/NiBKZmv+jyeWWiiO8xlv4460X8v7sZATmxf9aL3bn4vdHMlyG3xDAfNfMFQ/V569yBm1+G&#10;Y6tvPzHGuUs3l4GSEvnaXCuMcVe02+1QKj4QKJNOEVHmI1VtBDBga9IWEbXW/UbF2iLennPuaaoG&#10;AoEykHLx8K5OVLURIEy8Km25eHLuUBVri/f+WfBkP6JqIBAoAzEe1nmjaiOAAct0MFDk3CtVrS3w&#10;SBtxIHkg0Fhkfisid4uqjQCG4Ryb8gjIOI5fDGN5mKq1hYgvkykHVQOBQNHI3Fhk7T9UbQTGuG9G&#10;0XSqA4rksG94eytUrS0R0Xut9a9VNRAIFE3nYCDiW1VtBBHz3kT0ElUT0VmwIb5G1VpDzJeoGAgE&#10;ysA4d76KjcA593zL/iuqJgaGcr2KtQb349xwKlogUCKW3Rj+acwpXOKdtqybUDUxMJQ/k59VtbbA&#10;K90Whu9wVQOBQNEQuSMkXULVRmDIXyuJ1aomwhj3dqL4zarWGgxE9yzeuDFVLmIgEEiItXa3iHkP&#10;VRuBJb517dq1qULAVqv1FBj42icpC7gnu0bWHaRqIBAoktWrVz8qIvqcqo3AWv62MeaxqiZCFjOI&#10;+SZVa49lvgeGPZU3GwgEEiCT5kS0StVGAE/o5da5fVRNjM0wFzgsYNSfQeyPVzUQCBSFeBPM/CdV&#10;G4HkF2ZZzIBH+yHvV++mau2JmKdlYUPVQCBQBGJAqCE5bDMxzt+RdjFjbGzsaYb9aarWno0bNz4o&#10;In+fqoFAoCha1k40IZ1jJgj9xpcvX/4oVRPRMfDMv1e1EVjvX2vI/UjVQCBQBIbjT/HU1A6qNgLv&#10;/V7GuD1VTYxl/nFaYzlsrOUVxpiXqRoIBPIyOTn5FI7j/VRtBIvXrn1wxJ5UTczZrdaLrG//WNVG&#10;IB6qIX9b2kILgUCgB8s7aSu+USu4Ajl//3jKSshSnThivlHVxjA2NvYIQ/xHVQOBQB6krl7k/N2q&#10;Ngb2/tswelupmhhy7kdZfm6YWOt3g7d3lqoji6ywG3Z/kiMGBr2MdX+VM0pSvyz9wzh/VZYX/u6K&#10;Xi+89zNOPfXU4I03gU61FefOVbUxtFqtp1v2qUNVhInbo4MuUbX2SCK2HC6k6sgiBs86t1zVUpE+&#10;X/DrQTCKf9VfH2gCzP5IInq2qo1BPFTpdKomQr7fkr9B1VqzaT6P/zbqe3FlD7i17ueqNo4x556G&#10;wfQQVQNNQA6lIe8/pGpjgKf36yzbtbz3n7Te76VqbRHjLKe4qTpyyAAkBV6J/Je0qZFYorVpz24J&#10;DJnxtWu3khunamOYmJh4DozXYlUTMzY29niEUrWuJUjO/Ya53ahiEGmQxRni+K4JotdoU2Mx1l6l&#10;YqApiLeEUPE6VRuFZfcXFVNBLj65rgsa8O7eK+f+qjpyRDDmxsV3j4J3ZNgfJfPEqgaaBIzHshMb&#10;tqopWOZvZclhm2DeAT+7VNXa4Neu3ZaYL1N1pOgMruSnRmmXScTuP1QMNA14F69i5r1VbQwrVrQf&#10;QxkSlQVjXVtW3lQdOpJ3aCyJ55p5W2DL2nfgPj5S1dpA5A9GH7u3aTti+hHH8X7W+zepGmgandQI&#10;8qxqozDED6iYCjyEr2GOf6rq0EHId0eenRdSENaSj41zV+CzHQsjOvQjJSOO34Yo4n/gPb1Fm0YG&#10;YvdvKgaayNL16x8SEV+taqMw3u9unfuIqqmAt1eLBQ0MOLGJ4xermprW5ORT8BBeKWkuols7ub2E&#10;yYb5dHh+23S+qUKs5S/g/fwdg0qjtjgmJYro3biuI/nZFhSR5V+2Wq0nqdooyLk/q5iKVcbsabn9&#10;M1WHgiF3qCE6WNXUyPY6S3xJt3sXRdET4Gmdited5P3H05bkykoLf0/el6ojR2RJzoxuVHWiQBei&#10;OH4BPINPqdooLPNXeHr6maqmwlp3zrAe0FVSCdq6s1VNTSfZ2vIxxgwOHxE6vxxe8VkRuz/BS/ll&#10;i/kVaZO7kwJDfpgctK7qSIEB6uPGTY5cuL4gkXw909DUFam8Yqy9VtVU2Dh+uSF/iqqVcfHFFz/a&#10;Et26OSTNgvWTb4pgwFRNjJyPgpD6vUR0hiH+IzzFB/BeYjGGGEC+jrD0U//9ar9Lfywx8DBfgJ/9&#10;qqojhWH3N/wTvLxRQB4+61w7z0M4TPDeT866conw70x4Qk9VtRJgaO6SKjeqpgaelKS3FD4PK4ta&#10;ck7H5heMoMuymd44d3FZnuSwiJz7xSpqv0TVwChA3r8VnTV1gc46gBD1MXj/mXaWiMGDAZlWtXTg&#10;LVw84dzzVU3NsmVrH24s3VBFZQ94hGfAwD5H1cQgarh7/fr1I7M9S5KpxZCrGhgVZKUPnXW1qo0D&#10;IdrKrJn+htzhkffvVbU0ZHO9m5xMfaLbZjrzeC5eBq/jldpUKob5gBZR6sPSLcLbtWvXNi7hvRcR&#10;uytlC6OqgVGhU1+P+QJVG4eEZjB8F6qaCvFK4O1dKUnC2lQ48JrenbeiiOH4PZbT7znOSiwLXERH&#10;qJqYiYmJ5xO5w1RtNM61345rMBKfJdAFWcGVlT5VG4ch/zuZqFc1FbIBHoaplEUNWV22zp+fZ860&#10;1Wo9hYguV7USOjtFmFtZ5ueMcZfin8bP68n8Kz5/I+e6AwmQRFdZ0FC1cciuBmP9FaqmxhAfL7s1&#10;VC0MeJG/l+oiqqamU+7e+Ts2bNhQ+U4La73JkoICr/veMj3nKpBnARHEdqoGRhHZGG7YrVG1kRjn&#10;vpPVW12yZMnDInZXF/mwGuuuMlNTz1A1NZ2VdaI4iqLnalOlwGDLQLCTqolh749ctmzZw1VtHLjk&#10;7zTkvqlqYJQh79/dovgNqjYO2XcaWcp8WDbcmpdZ5jFVcyFbwSZyFi1FyP1Jcu5zqlYOPsMbMYik&#10;XnyBd7ijYf95VRuFzPEa529uagpXICWyiitbm1RtJPD23g5P42uqpsYY/zUY/8zbwwT8/c/L7gRV&#10;M9GpbE3VpdN0Q+YSDdHRqqYCofE6FRsF+v/1Y2NjT1Q1MPpsXEQ+HpfcN21oIosQll2fZ6RGmO+y&#10;hHVCi+hV+Pu5TjGTQhDE7s918DZwLax40KomRg7NaVqSMgz8KRj4X6dqYKFgjJEQ7yuqNhLxkqxz&#10;56iaGtnhYYmuTbs3d3p6emtDfn0WIzEThLXro+npJ6g6VIy17dbq1akLUiAs/0aTqiTDu9/fsv+B&#10;qoGFBB7YreCpNDrEFWC4JEx9q6qpkTw1MZxJvRVJbYChvEGmCLQpEzAW388yj1YWxrlvylynqonB&#10;Z9geRuTLqtaas4zZDp9zTZjHW8BY77+cdRW0LnRWo52/Oc9qrHWT+8AInaRqX6zznMU4zERCanjZ&#10;y1StBfKZZHeGqqmwOVKIqkK8eUt8a5NXmwMFIOEhwprGbkvbjOxzlRFc1UzA6B0KQ/RtVbsCo3CU&#10;bbczFTTdTGePJ8V/VLU2YPB7ND7faaqmwhD9XcVa0rnm7DbkqScpgyoM5xNH4bWgt9tJSIfQ7sxR&#10;WMVqWf4ys8/kqWxGqmzgAf64qrOQuSAYxmNVzQx+x50yl6hqrUBfcFneGz7T4Xk87TLpTEdYt06m&#10;MbQpNfqcXIRr8wl81o81/PXNiP1x+tEWJhjhd4WXlCldoU50EnydXzc1NZVrFCPyv4vI769qBynA&#10;igcn90FD+N2/td7vpmrtwOeOxplTF2sVT9vG8WdVrRUwVqvzTkdYjr9gXXygqo3Gkpe96yNVEiw1&#10;cHcfFjFP13WkTsPYWPuJhrwUG81zU2VUP3vzSViytcwSX5P3pK/OSWYZDi+vEnizH4U382pVU4GB&#10;s27zeosQrk8aw29UPRMSEsMxqPXh8UkZW7fuEfKsq7qwkdXPXmFd00CEtic66XJVMyFeIx4Yjw6y&#10;Nzy886VSsH4pExhYHkNEtT+YST4n+kGmZGvj/P9SsQ6owTO5DJ70Aym/PwoOgUDkTsyzP7y2iEeh&#10;YmJkEhvejeS7jYTbC4/q6xzHn1A1E50OT36VtT719ZyLbMxvQmfbNEXgJuRfbUoMjOV36mAcdMCa&#10;xCuXwROI3dV5Fj/qRKc/O3ejqqOFZc50Xic8moMQCrxH1aaDkd5ZnpraQfWhIavjzMN/H0mxzp8j&#10;ydeqJkautY3jL6g6FGSqBv3/EjkXRZsyQ84taVGcurhqXZGir3I8gKqjBUbqn+Pmp67WsdL7x8Hj&#10;y7y7oW5IPhYegOuzPMBFYbz/vBQTULURIEw9yWUsdQ9vr9JagDOBl7k1QtENUZR9lXYzGPz3Y1+f&#10;g+KLAE7AHSqOHhJioONepGoqJLO+Rdl3N9SNcT1cZxhnOUxM+GdZ8rGqjUEWcLKUjxcQDmaKMvIi&#10;g7zk4cn91qbMMPMOlijTWSx1xXD8KXh5mQ+bbwRSm21FhmICK1eu3GbUbji81xciZMs0CGSlM69E&#10;fJeEW9rUGKTiCga/TAekw7M+sup9uDBS75GK1Rjscxdf7eyphkeUZU6zzmAwukVyDVUdTWTSnNmf&#10;rmoqZGuace7tqo4EUjsQHh+pWjpEfJn3/lmqNg7D7LJ4x+IlRc4domrpoJ8u0RzT3A+0TIdExPc3&#10;qXhCEqTeoXPuRaqONItwAy/L0nHhBj8Wo92aURsZIvLvj4jOULU0yLmfOJf9NLQ6YDppOumrv3Q8&#10;3Aq8akkBsuTXG1PM4Lzp0Cj3wInj4yNzupsg9wOR202j5rn2BGHdUxGmfEvVVOBnD7LOfVDVkQEe&#10;zIfhGeTeStYLjKivJKJSDh6qkoj9kasy1hmMrPuriqUgc47E8U2IZgrZPyoGgZy/x158celnDFcN&#10;c/vH8L5T77BpLHIzI+c3ZLHy4xjxYCDWLF06Ooc5b0bCL6LiDd/atWsfHrG7pQ65annBoPdyGO+P&#10;qZoKDLTocsV7FjJnJ3mT7P2PtSk38j4t8T1nnnnmk7VpZFi3bt0jMMBfVMa9qDVyhgE6Yd/KIb2A&#10;0XsXRokjVR0prIsPMeyPV7UQLPPXDbtzjx2BjHd5YGSfsKqpIGq/BNei0H24q4zZ3Vi6y7bbL9Sm&#10;3HSyHPA78YzkXvGtI3h+7agkVqdCbmyL+Pos3ofUqZPacVmOBmwC6BQH4JWplFIvZPUP3t7tzPGH&#10;tamxiAGXvZqqJkb6DQxmpgPZ5zI+vnYrKfTQYs60mtyLTfup6V6Zv9amkeL/Z+8/oOSorr1v+Mr2&#10;xTYm2BhMzjnnnHMyGZFMzskkGzBRBgwmgzDBAoGMxEj0qKvO2Xuf6p7RCAYQyAQRhCRyTs72Dc99&#10;n+d91vpevv+uOdwLGCTNTHd12r+lWjO1qzXdXXXOPv99wj4DXVs8Eb+294jt1wFvv54juSKeDgoo&#10;vc1x88bE07YC0v8ehEsHxNOaoqEhsXzYyiO4KVHPUFUQQsY/x1+HRJ7KicM5Oveu1mpF0/PrtJR2&#10;dXhKyjxHB3viaeehKg834WntE4mmQeFDuLvdhrwRJp0IZ173jCcEJal9o2PHjm25TnKotePx3DeM&#10;p4OCOVw5lOhCcU52QqPxIY6aLwHT0DvlMLstF91H0JjvSTK8HfraArTYq0DyDilxoK7X08nOaH7b&#10;QirrCCtUTBpP686MGTMWhPN73IuMbcTKkKGC8rLmUCuP9DyyIe7xoPbxJaquqxO6KYSfRlNNgRM/&#10;IPEydajOuCVAHU1Z5owb128p8XUEhzjr6+3tHVJOOBTgs4eblbgZ0FDJedJ8e4WDcGMJIn6O4fxa&#10;YQJsXmYopEOZr6lRBZz8fOWgy7tQiF+H8q7boBn+9vWIdu6Ip21LSnKrjrzHU6O7OyzlWHw8HRQ6&#10;Wx3hRtbKgxr5Pgkiz5fgfKKpIehgB5TfoyicvQizmjpNP5zFU3BgQ5qwi+/4cfz1qxiB8nQwXvNJ&#10;wqFu25CqqtMliHCsh0RT25JUKst5P7S0YG1L3jksMt5VqytF06DwPmyJgtqyE28RqnU5F7aJp83A&#10;CEcy2hF9hJCuLgMqwwX37D4o1OXi6aCAw7wy/vrf6IoH/M1bHIWPED38OJrrQjmEFT3Lu9TTs1o0&#10;tTWewktw7sPalrQt0f0j9ObE00Gjqxl8CDvH05YBzuVn9eorqgU6JxLK7+2UeJL2oUZzw0FIuDeO&#10;7eLpoEgS3pxIdIKzZjE+JGF5E45wgiY0GHhF/dDckNqP2s4DFp+HpHJGGsJh8dT4Mmhpz0vTdI94&#10;OihQMRdGiDxl/BD7BhsBFOpuUFMPxdOmJu8L43AZPu/fEu/vhrJeOV5qCDplBY5qSHPk1OHA8fxf&#10;NJSP4dgpmuuKhrNoOPqImreBqzV5HkwK/WNaaJCscNRhofWeOdTYPyHaxTkaHU+bGlVNTmqzETXU&#10;w6Hq9ONp3dFpLjpXTSfRepFeKNWDtVLHy4UBx9XXCgMveDY7pCSvNbqhKBrv6Smo5yF1QXQUKBhb&#10;MYfr4umgcRx+w5XKsPcgqCeqNJyXV2sR4jDzJnB6TvOSwQEdGs2FoQ2UC2EbknAPjn/gs8AJVk7F&#10;c6z7mlE4vReaeaKrNgTOceJI7mz7nHFfAir8dJ1PGU+NuZEXFBGZOMRKM3587/dUUjfxrHYdHUSY&#10;Q8PuxIbDW1C3gNQRbD1PODsrHwUuDW9/3WEyQjevJpGzodr74Iz/A87p6dTLXTq1CI92SOnev4yu&#10;wdV+OOeGNvhVb5izvT3LW7rvbjR1DEm1ujTqYNZu+f/qCsKBZVBRnoqng4a5sjkU35ASldYbIvkV&#10;wsEvbNg9VPI1qF9ynjrfEc7maUf0K5w2jbrQCgBHvy7U6EFwiJc4OCwogRkIkf8G5/D/g1T9A5Ti&#10;x3Da7+N1M+As5+i5Hqmn/4WfnyJceluVJJzdHRzCadofB6XXVBmgdUAO3+8FfMYLo6nj0PKXJNUh&#10;DQr19/cvhDLxlo6kf9WREv0WZUgGfXh+GeXq9cEcKGvva7kb7OEk/AU/P4YPC/FrzR9wDKfqJijx&#10;dNCg0F2GsKupJi3nI6E1moiKCn8N/t7XJg+ACtwazuQDH8IO0WTUkTzMRxiL5zIF0UrDNnxqNKi3&#10;tw91HxMF9WNISUiaDfie35TL5cGtb9cWHErmyaGu1NAbB2+dDXcz7FqBz7IaJH9NMnzogA1avPvi&#10;6VxBIToLqu8Not6O6kQvEtxj3cbgTUQoa0ZTRyLV6vapyK1D7b+EyNkV4ujn8bSl0Qgm/jo4St6v&#10;49zQVmoourxKQ0Dt+4qmhqAjq5C6b40cOXLYLZiGTxo+aJqkaJon+r5wfL9GxZypXQfRbAwThE0/&#10;0TAG0dP20dSx5PNsvUwfP378kETKqE8//YaX8H48bWkQXZ0fQtg0ng4eKKRLaBhbPyIE3JVIfhtP&#10;C0cVp/fhpVoNrMBxPTlUx6VJBfD/70wGQoi2TFBZBAjhjkQj9gkCibqu3Ggl4PAe0+Qh8XTQOB+e&#10;V3EQT1uaIau8zxgYoaQnhnNDoBavQKt8YjwtFB1Q0f61eDosNKMyCtewN/aBw1sA9+QqDXtFeraI&#10;ZmMu5IlrmUdpPykajo5Xdp8HIelvhtMA4P/ujtC2LcJakexYOP/h78/tfWUdOI7BjYR8EV1ulKQi&#10;hVZwR+F4qMyL4+mwYM4OgcO7KZ7WjJToMIRof+UQfjGYkLlT0OkXzvtePMsZ1Wq1o/vsvgqUyZ9o&#10;YxBPB02+vaWEN+Npy+OJ/1azxAoDHfLhpHg6aPTmalaLItZXKghnN0VYXpP9bBHir4xw6lH8Wrcp&#10;KFnWt4YOHHkKz6QhrB3NHUneDRDCabjn76LcXd2Ou5HVApdl66NspsNpLFGn3xhqP2CzAWF2Au5H&#10;7bo8dP0e1FpVM1RE06DRIWSEuVPrPbDRxby4I349ng4L7ROE0ni2q6urkNRZGvpCnh+Gz/8JnPZk&#10;HQyKl9oanUcoInvmfUsi053L1o+XjK+gVCotlhI/Ppy+akQvF9RrW4RGgDrz55qnz9J1fPCkTwzn&#10;D6dc2RGV+cGRdZoLlPeXibyvP6NpWEBpjEPBakgfUj4ix3yBOkBdTlUuy+q4920XAuN5/d6zvKxZ&#10;ejptudhQ0LKNhmFYAxdppbKqJ2H82hb3Gw785DStU0qyhGgvR3RnPB0S3sspJPJL/FrzG66jq3BS&#10;NVkahYJ1Cv7epfG0oehAEhTygZ74FSJ+kUjOw/ni7eAkcJ9vqnkL3abofcL9KuPZDymtl6INJ8r1&#10;O7USBs1A6ukjfJ/6Tap2HK5LiYYlixEqX0dSGdKm0V8HnPE1aQgHx9NhUXJufeLa9AnWGnV0ZbTy&#10;KfOFcICv6/pfqKTrtaMfD35I2YwbCSrgTihTLb/lQAGMYA63Oc4Oj+dDwkmYrtmU42nLk4pcwpXK&#10;jvG0PuhqDYSo2XAXm6PFehgVd+94OixUgeLv3RVPh4X2OTovzzfbutK5kfT2/giOb7fUy3jdV8Kx&#10;zIZDJFXVaZquXSqVlvgsMUIt0bWaIrKsdgEMtUNd+6fweYc8Cb5TQHR0iSr8eDok8P8vohCOjqdt&#10;ARrNVwuJeLSgw2E9OhzHoFIdH3gKQrcto2lIoMLprmzPxNNhoyNiOk0nnrYseQqtnp7l8Zy28xwu&#10;xz3KNDxOieeoU/QUZhHzC1Dtk/GdH9IuB7zuys8f+L83k4SHdRALr33Z+zArxf9lCbOd97Pwfx90&#10;jk5CI3ivOt741oMGDvqV+KvxFWhXi3YD4NchV2405pvgOU1qp64E+I7bUFc3jqf1R/sVWGTicLxs&#10;3r/A8ns40SHtn6tOVzOE4NeaeHqnLeEgtyhsZfTZqbLNs8OkfT/E74t//ggh/ECvz6txg8rcEs9w&#10;n3g6aOA8b61rn0wLo102CcvY4Tgr759c2Ht6qR5qv1FonySceE3W0w8Kr8kKRS6Kp0NCpytAfTxX&#10;GkJmW7z/e7WaZ1T2fgdHoSXSxzcbCG2/o90V8XTQQFHukYgcEU+NCJT1zghHHxpOg6DOEg5v1nCU&#10;eDOC+4JiwyvE0+JQpYDCfh8+wLCWfpSmT/9uKmHmYEZedRoHvvRa8XRY9PX1/dB5edbUxtBB+Pzi&#10;UBNXap+jhtnx1ABQzjs55qCKJpqGBCKhgDCwuBCwANTZwec0bgfGgdUWUikP0wFpH5T2M82P9/ZZ&#10;djpUXk0SRWpLmFDoR1hb9xTr7Yyu0UYFHfLosfP0Rvy149ERbe2DHa7DQxR2TbsNXCgaGSK6aGx2&#10;9lKpsoT3Mq2rq2tY+2tW3njj23jYr8zN8aEF3BC6tmbTSaAYr4PTPiieGkMEFeyMKVOmDDl1lvbr&#10;IXLoeKWtCg91qTLcXczg7EZCGNyMcKzl53J+HsfZgSp64mlj0RUDcFj9w22dRlcq30YFeK3yFXOJ&#10;HLy7KoJaDVGjRd0HDq8mU106He+raxLJkAeBtF8P4dzXZqPuBHRVChrh6nDW0youhE3hOFFd2i+J&#10;hW7C1VT7f6DgbocW5mEdlY2mIaGLznWKhG5yE00DI72e/jB69OiazJ/TtcAIaWs21cXIG5HeoTZI&#10;SZL8CM+jY/v14PAP9Cyl4YzSKioWUHee0u6iaGob4FtugY+pSaq4mpJCVpOEe/DrcNXYiHw+WWVg&#10;Hg5RmFGrfjdtKbTjfTjzDI1/BiHuu8NphXVrzvhrR5GKnAinp5tpDavOIMpa1BO/3NUVCkmQUSQ6&#10;fQqhbfNOYodH/ikqgO4INmzwEJ+Cs3sYR80yQuDz3Vsm2jaeGjVCp/wMZzBD+6CGq3RajBEDc0Pl&#10;lng+ZPLceI5nflW3UDuAKOL348cnzT3tBg/zmoTD+fF0WMDhDTmX35fxXo5A5Rpy4kXj69F+OV32&#10;Fk8HTVqp7OEbsGl6I0Dj8E1mvsP74dcRjVgc0QzfpolWneOjXAinxtPmxnO4TUR+Ek8bTppla6Bi&#10;Ph5PjRqj3Q9Q+LfG00GDEGapTpggrpO5iTkgpB1W8gBF+7q9hMeSIa5qanY+1U2LiF7URiKamh9d&#10;n4lw8sh42jC0oDmWtkmN3aygMj89jBA178eNv7clUMI/TFlegJPaMJqGTK4WRR5BY7NVNLUdaEQf&#10;ds61XlJZtGgTELY0dJkR3r/8+dFgoz4kxB8PazCD+Tct1aoPAqpW19XBmq4uHtZ81hxdDQWPB4fX&#10;tn3TTmR73T41nrYeKUlXGsJh8bRQEGKfglC7Jv2LxtzRQjp+/NA2iVcSL/sjOhgZT9sG7atMmR+t&#10;xUCNzr/z3pc1pVc0tSU+hFkaocXT1gQt00Tvi+2o1r4OtIZZPDXqjPdhS4Rwe8TTQYMGalmNDOJp&#10;y6OqFSH/7XB6NdlNT/vwcH+qzFzfxJkNxpPcN9mFbeJpa+MlPEw1ynA8LzQDCxztu/HUKACdOoHn&#10;O+SMK2BEyjIz/t7STJgwYRHn/fNoCHaLpmGhDlSXqGn2lWhqS3yWbeY93xFP2wO0enfhOCWe1oU8&#10;A4z3j/W2WUqdViAVeW04SwWda/1+Pa5UNncS3uwKtZkonDcmRP1QeM23IqGGjBw58ps6mNXyYe1X&#10;oX0/eIC/iKc1h0guxt/v6LWcjaJM9KL2O8XTQSNS3R9qsSX79bTPjkR+7SUbH03DBo33wp7omc9W&#10;J7UzULLjNSltPG0/nMjPdF6XzsWJppqg8hhOtTueGgXjnDtZK2o8HTS6cQ2FygPxtGVwbiAhBr7/&#10;ntE0bEqVyhLE8hxU3mrR1LbA2e1bq5VcTQ2zjNVsJ/G0Jkya5JYn5k/U+UWTUSBweGumw8i4AkZo&#10;zrT4e0vAnB2lGYprGZbhPq6jyW01yWo0tS2aIIEoPNOu05X+G3zJvRzJncPp//k6NMxwHO52Awu5&#10;jYJJmfvir0MCZaNxmXEHgc5JxHd92jOfFU01IYSwmxeZCifQctt6DgWIlD7dhDyetidJUlkODumR&#10;em9WMploXYS6HyXMm0eTUQCpp7/jx5AbM4RzhzFX9ounTUlKdDBCz7eefvrpRaKpJqCxPs2TdLW9&#10;6omgfl6MRuOEeNqeaAigy5VQsAtJ0a6Fh0O4De9n+zAUREqBhjMR11WrKzWr2kN5WiAVme091zqD&#10;r2ZduZMouyKetz2i82g5tH//u/fSS1TZIJ4WRm9v78re03u40ZYevs5Axe+XJMmQ0xzl3RNeno+n&#10;TYPuB+wozKh1hKKrWLyEqQhp94+mtkfFiPP0EjMvGE3tCYnc4qXSyPRBI1LvT9dNiCqVStt3EDcK&#10;VfE+hOvj6ZDQWfnx14ajm0qThH9wpbJdNNUM7cvyRC+ladpRa8PRMCa+zXZq+ycQrhyNMPPaeNpQ&#10;dLUGZDWhZR0bTUaNQUWeEX8dEqgQR0AFNLRfTwcqiPKBirqUW+23ROTzWNurnS+BMP5nia/t4E/T&#10;oWtgUwrpcDJw1IMS0Wqe+G0UujOjyagRqaf/FX8dEuUQVkmYx8TTwoGjGwPF+kQ9HJKGdoh6fov3&#10;uAGnNZ+90MyI9GzhiNo7b6Jz7vtozab19fUtGk1NBwr37vkoL9GwNi43/gdU6hvjr0NCpzI555+N&#10;p4XhOfwCDeF7aVqfKRS6CRJCu5nehx2iqWPQvS48hRnDWbHT9OTLcpj7dMJqNDUzIxCCn4SQ94NO&#10;WPJTb1DAt9G5mPF0SKAxKmwEF8/9RGL5K5Rd3da3Osf7OQnPVyqVmk5zaRV0snV3CEvF0/YErf19&#10;IpWarriAA30MlaFuikyXxemGLQg93uJqdZNoNgaJbuWpWXXi6ZBIiY50IjVb1vUVjEAUcoSj8FG5&#10;RtlQvgod7UW5LaNM6f4sHRXOfkYq8gBXKkNOO9YSoMU8Bw/5wnhaE/D3TpcsO9aHyvk667+eEzi1&#10;/xHvd4E6PzjZXaLZGAQJy8fx1yGh+5p4zmqeZkjLTcJ8Fp7tJ/V0dkren83yGurDWtHUceC7n691&#10;KZ62J5rzy7OMHc4E1S+jITJzVo2n/zJ16tQl8R5/hb2uoWg+n4jo+LyfB8qjno623SDi1+OvQyKf&#10;ryfy+3g6bHLFFcLNCGPfpUqlrntLoJwsgMo+xhHf39Z9WPNAuzjg8MbF0/akXC6v6FgeqeXi69GV&#10;yrcRKn/wVQ4HoeivnXNVLWTRVDdEZCc4v9eJ5FYU6I6aZjAUvMgpw20kSMIDw12fnSTJ0lBc7Jif&#10;LIusHs11A5HBuqTdI1zp6OWPJQgVlIHH6rG+vmlQR5AMJDtcIZpqAgrQC/ibX7uhiqYjSjm841xt&#10;M7Z8HeUQVvRepiJEeqpd9xutBarOU5Gz4+mQgAM5LmXeO57ON1CJ35JKZR+oujlQGjfrLIJ4qW7o&#10;HrSeqAvvp1FOx6o7JZ+1QfyiZlCJpvYjD0WIJ6VpWtNZ6whvfs2Vyq7xdG6McBzORAV5rqjRsTwl&#10;jsh5KORvQXFe3Ns79E1x2pWU+NH465BQx4n7O9/9enCSS+L1E3TnMYSyuxXVHaFRgCN6Qz9vNHUs&#10;MfvMc9Vqdeloak+YwyhH4aR4WhNw47bzHO7Gr/Mtj9XhoeBNR0tzTS37FOeFdrojfJqCSvei9mnq&#10;6GW81NGkLP8Rfx0S+Xw9kSfj6VcCx7aQ5+wsTeKJiOA23V82Xqo7GoHgOz4HR9veHfXzidY5ksBt&#10;P+0LcfuhCEFvj6c1obu7b1G0nC8N1XmUibZNHSPkLXarPA1rUBF2RQPwEu7LNPy+eSeHOrgH5fjr&#10;kIGafuDLik1VdUrhSKi5WSh7Afe50NFR/TxEcktC4Yn+/v6OyHs3P+gAJnN2YDxtT5JE1lPPXsuK&#10;PdBayJyenp7FomlIjETB9Fl2ga4DDQ2YFKmDOSllP0bFfAkOfAYUy/ajR4/+drzcEcAZ7VcqlYYV&#10;8mm/Hu7hvrrRDmfZyXk/nUhFUxPpvMr4ssKAoj/QSXgnhClrR5MBHMk1eN7nxNP2RMMIhKCP6vKS&#10;aKoJjsPvoNA2jafDZiDBAE9CYfVjxw59/4bhMHv27AXwnbaB45vmiN/WcAhh+DLxctuiO9KlRLfG&#10;0yGRD4gw/xHP73doCFfTRjFeKhSdc4fn944mEI0mI4LI5qdo2Nt7jwvI+wXQ2gpi93WiqSa4LDvE&#10;SX0SKWonty6FgWq4rdGjSrocBxXoqpR4DhzycxTCAWglv3aEulXRPjko7RfjaUuC57ICGqlXUKmv&#10;aJTDbWbQCByNe9MSKf6HjBZkkmw0UTggmmqCTj1xLFPqnY2l5Ks6IvgiQugr1HlHc8PQ76vZgnXQ&#10;RrPyotV8A5/vHB0c+XJfVisCZavp41sO7RLRBsmzjOu0bon5Bep7v87IfixyIiqoriOsGXnFZ5lZ&#10;GmY/3mBwIWykk43hYK5sBuf3Gero0r6+H6ZeToQ6fSJleVN3CMPvZzsXNsL1ps1Y81WgrAwroWjR&#10;JNXq0lDhz3ovE2s5yb7doCzbFk4viafNRS3VQsq8NVq+En6t6SxrhJ0V731NQ+X5xTm3EVTfCzoC&#10;3ayTKXWgaJxz34fj2wuNzlgN052E94nlBVTOmxCC7Z1l2fpFTtf4PNpo9fT0LI/PsbmIHItnOR6f&#10;9W+qWvFZp0E1rRJf2rRUKpVVdYd93N/76r1pVavjQs82nkJ/PG0+8BD/VIvRVTiH5XWIvtaqyHs+&#10;C5Xj1HjaMKi3d2W08NOJpGu4I8dFoaOX46BGUGGX0H5BqKob8B2mqFJxnt9OJfwFFfkd7TbQFOxQ&#10;tb9gDqepk9T8gUSVrbwPW37VgQZux/x13u+P/3e+KrZEsnFoHJ7ycGhwuB9Chc6B052OMlbG9fPh&#10;dLdA+VhIy4h2g8SP2dTAOW+F7/cWh3B9rct2O4IIaRs0ao/h1+Z9vviAC6Nw/nE4jk9HQL2Ex3Qd&#10;YzTVBDjS9VHoHm6mDmIU/EW1n0L7c/TzRXNLo85RF75rpdblUqpo1TlBlW2I77jpVx14Lqvp6/TQ&#10;/6P/V/+G/q34Z1sWLW/aTZM6+gj148RWcdCNJuXq1qgXj8fT5mbChAmLeOI/aKGNpvkGhf2baAkn&#10;pGltEyyOYV7Qh+wZ/WzR1FRoRYAKvRwq6U+oID8Zyr0zmoukt/dHcOYPouLOUYcfzcZ8oJlpNNKL&#10;p62BKhgW+URb7GiaLzxnF0DS1nwfCeLscYRDLbELFNTAZt7TLNy/UrkcVoxmo0VgzvZGSP6hOrxm&#10;7bdtZnwIWzrHc10O2LSUStO/mzj+4/Tp0+frwafMe0Dl1TwflhP5VUp0WDxtGVT1ksiNuCd/JQqn&#10;atgXLxlNBkL0lXTQzfnwBspbPTMwtzW4d/s45hBPWxNU3IUS4o/ntZJCR9zq4d0RVmwPx3FPPG1Z&#10;dLTPU+hxEl6FEty3mfolOxUdvUaDdBmc3Z8cya+sURoecHaHoK5yPG1tWPvTPL2nEzCj6Quglfy+&#10;rlnVQZBoqgnqaJM6ba3XSPB99sD9eiZf8eHDbtYxXhwIVxeDo7tAHR1xuL9R03baDY1kfLvtDa19&#10;G474lfKXMlQMTBTmqq4IiKbaoCs5mB8nopWjpS0Rqe6JAvOETnx2WXZU9+zZNg2ixgyEruEGR/R3&#10;L9ldiB6WjZeMGoD7eRUU3lXxtL3QQQ1UzqeIsv/e/AYx/DXw8IfG05oBR/ob3dU9nnYEujYZ33sS&#10;Gpf/9Lo/A9G68ZIxRFBe/6Qh7Pz2SxuDA3V/PIXGz5utK6NG9X8LX7QLnv24lHSCK98WL9UM72V/&#10;hMo3xdOORBU07vEZXsKzuN/v4j7/AuG+jQQPEiJpqnmd7UI+RYtVAA1vv+KWQb8wc7hOw7Joqhka&#10;eqREPdap/EW039SR/Az35unUI0xDY+Oc7KTdAPElxlfgXPgpytRO8dSoAd2ffvpNKOh3rRGuAboK&#10;BOGyruRYLpqMuaDJMhEC3+u8vO9ZXse9+3WWZbvYWtD/ARVzI+faPHdbgfT19S1KEv6h83ijyRgO&#10;mmcLlXj3eGoMEp0XKFLVKT6/1MbDSfgvHSWG0hntmI9hHYRqQmWog2TaTwz1eiExdyckHztPf8Bn&#10;nhlfMmTyJWReeuOpMQxQNzdAHf0onhrDxfvsWK2s8dSoIdodAceyGir/ETofTUfbHfGHUIf/Typh&#10;ZuI9Tvl25uwConCYOk4opFWGMwUJ4fjyPT09a+XOzPMJ+my9yDji7FHn/Pt4w//jfZiFn/eTZD9z&#10;jnf98vSRBA2gTniPp0MG3xcRWeuvAW4kKdEZFEJ7zMFrBlSBoHCTrVdtLHgOi0MVrgdntDOc35FE&#10;cjYc0kVwWLfg+K0eOogFFamZWfJDJ1xriP3ZdfyfK/T/4HXHhlA9GE5vW93UXVVofJv5Rve5wN9+&#10;MJ4OGc/hHOfCNvHUGCRQdw9BhdsObrViILSh/kqlskQ0GUZOPoJN9Ho8HTK6xSD+Tl22FWhn4gyC&#10;1zQvZjQZtQCKYHwZaiCeGsYX0BRl8dchoyoTijSLp8Z8kG9JQPxJV1dXTTfy6nhSkTMQDv0snhrG&#10;PwGlcV4tliF6Ly7+aswD7YNNEH1Zd1ONQUHeRLNa2MRRY2640LupSOXEeDpkdGQYZc7CtHlAzEFE&#10;zsWvNv+zluRzfZgft7k+xrzQMkI0/FFDzfGGqOLSeGp8Cd3yAHXy3cSSpdYBXb5C8nACpRcthvG1&#10;6HSblPjjeDpktF/PtXqetzqhczid98/WohvB+AoGpg+46+KpYcwTKJBJ8ddhQRwo/mpENJzV6SjW&#10;zVRHBmbIa+JGLqH1tTRKxjyhEI4motXi6ZBxIhczV61fD3jv1/TEb6chrB1NRr3JJ8FSmKUDGtFk&#10;GF9JuVxeHYLk2ng6ZBKireD4Or5fzxHd6L2Mt6QeDUCVnmavRch7m/a5RLNhfAGUjYXSGmwlqFGG&#10;a9Zd9gugJLKsJ3qFsszWtzcatL7bpywzNYlmNBnGF3ASZsdfhwXKmo+/dgw6GEQil8DhZRMqlabc&#10;QrUj0XRIeChd3vMNuvwlmg0jhyS7ET+GPXeMmS9jrmweT9sehLDLoV7p/jX7R5PRbDgH1Uc8Bw9p&#10;42gyDCi0yj5wVrvG0yGDMHk7NKwXxtO2JZ+i49yvEgkOv9t82GYn32yI5B7PPMHmDhlKtVpd2nu5&#10;L54OGXUG7b4kTQcHdbN5IvrvvWyMFkFEVseDe5EoHKz9EtFsdCCjR4/+tvP0UjwdFmhMpR3LU29v&#10;7/eIwyQXwm9sZLa1GeGz7Czn5flSqb23gzTmDhH3xV+HhfbrpalsEU9bHnXgjuj4lPi5NE1XjWaj&#10;1ZkxY8aCXoRJ5B7NwRfNRgfBIZyPZ79YPB0yiB62heP7eTxtaQbmu9JLupTMoqE2pVxGyMv8smbm&#10;taUznYU6K8/Z6fF0yGi5wd9K42lLos4/8VKGCLizv7/fNoLqBCiEkXjgr4cQNo0mo82BOlscDV53&#10;PB0W+DvUispI++oQyl5DFPp1cCeajU4BLfa3vOernYSZ3cwrRLPRpuR9V57eiKfDwjNfqWnk42nT&#10;k6tTkeOck9neZ5tFs9GpqLxHuFvSjWpsTlJ7o9OY4q/DgrmyY+q9JstsatTRQ+HukTK/xll2iPXb&#10;GV/AP/nkwj6EXuIA4Wfz+9oR7bDPsmz9eDpk1Hl4L+V42pSgDG9NLK85DmeOHDnS1qYbX49z7vsJ&#10;81NQfvdA+Vn6qjaiWq2uiTDvmng6LOBAq804GJYksmFKUHbMl2kXTjQbxrzRzarh+KYTZb+F81so&#10;mo0WplKpLILnOjWeDguUjauaKYO3prT3Iu9yCJdBidrMBGPojB8//nsoTHB+lOpeANFstCg6UT3+&#10;OixCCDvAgTa6X29ECD07Ownve+bL9XzAbBg1YLQO94sICtfLaaViM9dblNT7m2sVlhKFyfHXQtHP&#10;n4YwEuXxLwizT4tmw6gPWuB0faLz9Af83CaajRbBcWU/ouzH8XRYeC+9RYaSupesI7qUJHwAh7dn&#10;NBtGcaAAnpRK+CMzn64ZOKLZaGLK5fKKuhIhng4L5nB1Ef16mrUYqjJNmZ92zi0fzYbROJKBPTtm&#10;OM4SLaDRbDQh+aoECc/G02EBL7RjWoOlbV+HD2E3DWHh8O615LhGUzKuv/87xOF2z/yJYz4wmo0m&#10;A46kN/46bLxIV/y1JuhMATSitzgKH6Vpelg0G0bzIyLbE8scIpqMw9JaNREIEy+sRcYVxTl+pBYr&#10;HZgr+3niPxFJV39/v02RMloXDadQyUYhpPqjdkLrFJh4yWgQzrmdoKROjafDwpHcqCma4umgoGp1&#10;XUQFgs/yEoWwVzQbRvugiQ2IwkOe6D3m7ATrp2kMIYSl0AA9FE+HBVT87oOZNqLZTVKRuxLHf4TD&#10;O8cGwIyOwWXZ+rrfAgr+u6n3J+p0hHjJqDP5PDeRmfF0WOiUlXk50CRJlk5JRqOx+5tm9tHU7PGS&#10;YXQmCIE38BJcKuFjL3KuhcD1B61NTTKuKMT86Jf79aAA14VjfcAR/wEh8FW6rDFeMgzj8yD0WgXq&#10;7w4S+asn+W2Zea14yagh2qeni/Pj6bCAYr9JnRzC3EPw+zQ4QU3ldLJuSBRfYhjG/KC5/ojCSSmL&#10;7uX7EnM4c/x4C41qARqXjdC4XBZPhwUc3i6OZaKmc4omwzBqQZpmayBU+pUn/jMUxVTH4Zhx48bZ&#10;HgdDAE7vB1DSHE8Nw2gF8pUgzNd6lj8hpHoBv1/up0xZJl425gHu2VPxV8MwWpGJEycuAwV4bEr8&#10;KLH8hyfqIZEzNI9cfInxOdBI3BZ/NQyjXfC+uiYjDOZ8Eiz/f7ru1IncmSS0V61SLLUSpVJpCc6y&#10;E7zIwymFj3Av9omXDMNoV3R9J3NlO50eQxR6HNH/TllewznnIXIIO7dyX2GSJMsl3h+hzt17/5gu&#10;2o/Tge4LIYxEA2Aj4oZhDACH8SOibFvHfIz3fIf39BIc4f/F8WGuEpk9QubRjsNpPlR3c86tFP9r&#10;XdHVK3Bga1KoHoDP8gsietB56fXEL6ee/p54+nfYJfV+lEh1f7x2nenTp383/nfDMIyhoysK4HRW&#10;Tpg3T5n3gFo80nO43LnwG4SMk3H+jCZb0FFmkvDpZ4euSIDD/NPnD8/y/37+Nbo3rf5fxyL6t/LR&#10;alWkUGiqQJNE1ps4ceKS8aMYhmEYxlwZoatHtD9X1/3qMWPGjH9FyL841PHG+Lmrl+xYKPmfo7G5&#10;Ccp+gqp7HFPQaD2BRu65lGV26vhNzR6eZ4bRQTNEA474fxPJh96Hl1KSFxIK/dpwoWGbqAeu3ecc&#10;X4fXXv5Ph/eni8ihaNwOnt8Dn+8UR3TxV/49vNdn75u/N/Pj+Jwv6GdjCfjs8l+w/V80tP+PNs76&#10;XRLid3HM0dfo6/H3H0uJ8FU5wd+8Fo30NYg0jsTnPAiN/gZJtbq0Lh/Ve6jLEfW+fnlljmEYhmEY&#10;xqBQMfGZQNPMZTojSbNbOc4OcSQXQTTdRRTIiTypXbIQQ29A7HwCUfMfEDV/IOKnIOZKmu8WIubn&#10;EE1HhxD2gnjZVrPf4+dqOhbU1dX1A10UFN+2Y1FRrOkXS6XKEmmarqHTYyF4t9aeHYjBQyEAz2MO&#10;13ov4/WeQyS/6ST8F4Tvn3H+DkTiyyoc8XwCfh/nOVwGAXkY7vmWKrD1GWqXtT5TvJ0JRcMwDMNo&#10;N7SR1wZf8+uUiFamLPsxRNvFXsLDuUgQeR4i4S0VDwnxx7BPh6D4jQ/hQoi1/coQaRBo60I4rACh&#10;t3AnzsBsAUbos8GxjK9U1sHz2grP7kA813MgEu/y+eSx8Aae8d8hIgcEYgj9EJN4vPRTlI/l4t8x&#10;DMMwDKMZgIBbQOf3JL29PwoDW5tdhIb74YToCYi0Wc7L+xByH+dDoiHc5j2fhdfslIhsKCLLQrgt&#10;GP+U0YFoj58K/sR7Vw5hlWg2DMMwDKPeaILQCRMmLFKtVldKKRxMEm6BiNMVIi96orch2N4nCDrH&#10;fB2OQ1wIm+J8ZYg/2+nMmCfaKzvZ+80QBOgw/KXWS2sYhmEYNULnwZVKpe+mafpDZt4EQu00Zpno&#10;nDyrc96cBIi40O853OBD2HeyTs7v7f2R9uDFP2EYw0KHeVHWTnUsjyBAWC2aDcMwDMOYH3TFpC5k&#10;SNPKqtojh0b1XjSqvyfm1/DzHYi7KnO4Eo3sLkQ9q+lrrVfFKArt/fVEXQnL2GhqCpxz63vmC/D5&#10;jk9DWBvn37fduw3DMIyGoIscurv7FhWR1SHcjkHj9CCOGSnzm/mKVA6/01WnsG2g86Fst3WjSRgB&#10;AbUNAo7ZronSemtPN+rOtahLHhyBOnMgidyZEj/niV/Xz0vEk4jCqS7L1i/19CxmdcowDMMYNrpi&#10;VRcvoAHaFQ3jr9HgPOmJXk9Fk5hKFxqj4zQtRldX+IGKv/jfDKMp0czlnnkUBNPDzbTaFsJucy8y&#10;XlPK6Pap0fzfaI836teipRKt7L0ckeczpDDD+fAGMcQg892cZXtrpnX8LV1oZOlkDMMwjP9mhDYO&#10;aGBW0ZxxKckDnvhlzSyPRmUaBN5VXKlsh+tLqfCL/8cwWgrtAeNqdWsIKoGgOiOaG44KOAi1y7RX&#10;PCHaKprnG837qHNeqVLZyofwCxxTnYRXEZzNRmBWQh0+FH97NROAhmEYHYAuakDUvzxEmybyHa2C&#10;Tnvo0CBMQeN3kSb21R6FUaNG2bCQ0Vbkgsr7cyH0pmsdiOaGAwGmi5KCIzlPRVs0DxvtYdfvnCf9&#10;JvopBGAvgrZXUe9fIQ7dIpWDqLd3ZQveDMMwWpC4y8OiaSpbeOZfaM+czp9LiZ/G7zelKW+NBmZx&#10;m+xtdArlclgFZb+s5T+amgKtn0QB1bOyXTTVFR0G1gVQur+s5hJ0XqYT81s4XoQYvF7t6hts2znD&#10;MIwmQXvfEKUviZZiDzQaYzzRLB26QYPmHIdjQggrjhs3TrfcMsdtdCQ6bKv1g0TmSLW6UzQ3HN1Y&#10;37OMc0RXQHwtEc0NQXv787RHWXaIzhd0xK84Ch9BhD6YpnSwbt9nC0AMwzDqjA7H6FZPIrJ/Kvlc&#10;uvdSCTM1hQmFsJf24pkzNowvApGydNyDeIIuyIjmhqJz5hLP5+NzTfIh7BzNzUa+vRz8jY4M3OF8&#10;eB6C+WNi7mPODtTFH9bzZxiGMUTiEMsSaBD2IAkPOAlvQtzN9ET3acMAJ/t9OFnLP2cYc0GnJ6Qp&#10;76h73jKHY6K54RDRujgm60IM3Ys5mluBETpC4ELYSHetyQNN5j/CT3VD/B0yderUJdV3xdcahmEY&#10;n6E7RuiqO13lSiyv6Zy6PB8d0QF6zZynYQweDYhQly5zRDO0dyqaG05KcjbEJ+uQcjS1MiMgqBfM&#10;smwzHYrOp48QfQTfdZ+IbK8LvOLrDMMwOgMVbX7KlGUQFR/vOKuSyJ+Is0cphJMmJMnSJuoMozZA&#10;bKzsmKvOyVXR1HBkypTVvch9+FzXJdXq0tHcVqgP6+/vXwhC+3Avwel8P+9pFodwpu78YT7OMIy2&#10;QlMYUKWyQer9TamEdzSlScI8lpk3GVPDlAqGYfwPeb0jOgCB1As+hC2juaHoogfvs1NSCpMTH/b9&#10;lw6a4wZx9600TddwRL/2FGalLH90IndCDO6qcxbjywzDMJofOPOF8nl0RJOcl784H571HH6hEW58&#10;iWEYdSZJqkt7L/chqBqjdTKaG0qWZWsQhYcgPn9lQ5r/MqKnp2cxETmWRR7xxJ/kva/Mh5RKpcX0&#10;+sDLDMMwGow6JQi73Yg5wFn9HY5qiu5LWcsEqIZhzD+jR4/W3ry9UCcfR10cGc0Nh/LpGhwSLwdF&#10;k/E5dKFHQrSLc+I9yQf5tosiJ3Z3h6Vw2YSfYRjFoJO64az38xKmOeL/5CzzcOBN05gYRqejizBI&#10;5AoIhd9HU8PBZ1rekdyDzzWamVeIZmMu6EI05squnrNSKvIaHO0T+P2E7mDCzzCMGtLb2/s9yrJd&#10;mCHoiP6GCNOlRIdZDinDaE7SNF01ZX7OEV0cTQ1Fc2AShSPhO8oIEg+3fJdDQ+fyicieuIfeibyP&#10;+/mYC+EYFfbxJYZhGPNGnTIcx6aeeazz9AfvZSpn2ekq+OJLDMNoUvJURV6OcBKeZa5uEs0NRVf/&#10;6s41KcmtmvQ8mo1hoj7ZcWU/zV6AKPw9Yu6GANzTFncYhvFPMPetkIbwCwi7NxyFWT5URsGJaBZ9&#10;67UzjBZCt+tyRA8hQLtL5+pFc0OBEDlE5/AShaOjyag9I3RINxU5A6LvGQi+VxMON2hyZ0vnYhgd&#10;SJ56IYSROjEakf/72jDAIWxqQyqG0bpovXaVis6fnY66vWs0NxTdQ9ZzuC1hHlciWi2ajTqjvhyi&#10;fz0IvhtTljedl2mJyLFEtGR8iWEY7QYzr6UTtHWPWCJ+Wpf129wOw2gfNGUJkdyoqzWjqeHkC7dY&#10;SonnEzSPXjQbBaO+Pg3hYA3uPfNbaAvu0eDenolhtDADK7Z4D++lkmdm53C3r1Q2trQnhtGe6Fw4&#10;3UIQP0+NpoYyMIwcblHfg89kvXlNgg7lElXX9T7ckLLM8SLTIACPsdyGhtECaAJOCLtznchMovCM&#10;99kFqLy2FN8w2hydgK/bCBLzU4nIetHcUHRhQEqUJo5PjiajCdFcqCRynEfZ8UQv4eco6ukxYW4Y&#10;zcJkonURMWtk9o6n0MOc7W2rrgyjoxiBOr+C7qvqRW7S7baivWHkwlPkGuLQLU0iPI15E3P3bZeK&#10;dHmWd3GMxe9bNMvCHsPoCMaMGfOvcKKbI/LqwvEujt9qRdSJ2PElhmF0EFr3vfeHwhe8iJ+bRXND&#10;CSHsxiwTHfOZKh6i2WgxnMvWJ5JbdRUvjkpCtJfu4BEvG4ZRKwZy28meqHCckszxHG5m7lnr008/&#10;tWXzhtHh6NCbI7qXQuiJpoaSJMmPUs9XOw73JyIbRrPRynz66YhSSZZ1JJc6L6+mzH0ob4fZvD7D&#10;GAbjxvV/hyjs5SX0pvkEa7mkXC6vqKIvvsQwDONfunXYlvhdnVAfTQ3Fh7ADRAC0Hp8fTUaboXO/&#10;8XxP90QzNJ0PnvfRlsXBMOYDFXHMfAiipccT4pcRPV2hc2/iZcMwjC+guyMwh/OJqF9EVo/mhqGr&#10;+jmEXxAH8lnWFMPIRn3RXIkkcjZE3yxd0OEoHF8q9SwWLxuGoT13OiyraVA0NUJKcommJbBs5oZh&#10;zA3db7oc+lbRXScQEF4dzQ0FQerWLDIOYu/CSqWySDQbHUKS9P7IcTiNiF/0PkxHADKyu7t7oXjZ&#10;MDoH7blDJdiZKKQDUVC4lqh35XjZMAxjnozWnTCYD3dEr0DorRXNDUPna6WeL/TME5xz20Sz0aHE&#10;nr7zPPErKKdVznotI4TR3gwkqaQNIOzu857ehri7zfvqmqNG2bZjhmEMHp0T5b2MR8A4KZoaiq7+&#10;R4OeeM9wdzYiYfwPKKvLO5FLHYU3VPRBBG5hW24abUO5HFZ0JL9MWWbrVkAQe9tqipR42TAMYyiM&#10;yLJsDSfhj17k0GhrKMzhTEYj7n3YIZoM48uMgOhbyTOP9RQ+chx+o8mZLTAwWo4JEyYskno5RVOh&#10;pMR9iGT2Gd/b+7142TAMY1iMHz9eF2Fcpr0jlUr/ctHcMCqVysYkcp8P4WqIvcWj2TC+loFRrmxb&#10;T8Ke6BWUncu6rOwYrUCe8y6EbXQIA0e3937jeMkwDGPYaAOZJMl6aBz7ieTiaG4Y8HEL43OcoUPI&#10;zJVdo9kw5hudu4f2cj9ifplYXuAs27s0fbol2jaam3z+DIdzvMhjnln3nLXEkoZhDBsEkwvAp5zg&#10;Pb1XrVaXjuaG4bJsfTTSk1Lvb7J5V8Zw6evr+yECh19B8GluyN9NJtpAO1DiZcNoPlwIG3nJJuo+&#10;lNrTpykR4iXDMIxBo2lLdMU+GsH7o6mhoFE+zhP1MPPe0WQYNYG5srn34lC+XieRS7QDJV4yjOZC&#10;F184x8cQ8XOO6CorrIZhDAUdttX9bBE0fkRZtns0N4w0hLWdyJ0Qe7ckSdLw3kWjPdE5qSj3R8RU&#10;LU8iqNjEFjUaTQki8eUcyWjnZVpKdICtNDIMYzDoXCYdIiUKBH+yRDQ3hFKp9F3vs2OJs0mJD/tG&#10;s2HUFd1QwDOXHNGHzOEXOtQbLxlGc6BRCBH92HvpRVT+G/y+WrxkGEYN0UBK57ONGzfuO/M6WiHo&#10;0s8YQtjIiTzpsuzkaG4Ymt4lJXnAeb5bBWg0G0YhaN12zMekEmajTkyZ7JxOjbLOE6N50GEOR3JV&#10;ytznOByje1bGS4bRVoyC81UxpaszNX2CLiCAMFjBVyrrcKWyI5z14amXcz2HqxGpj8F5gkBomvPh&#10;ee/DS3qkHGZqLso8HyXRK7pdoJPwqh6e+HU4+ze/fHiWl72Eqbrv6twOxzIF7/vyV/0NBGKvf/Y+&#10;A1sU8hz9DPg/s3WF4GefjyjM0MOLPIxjPIlcg+/zCxE5CN9xD3z3NfG3VsbPZfDdF+/u7ltUe8QG&#10;M2dXGzYO4Ux8/w8rlcq3o7lhpCEc5ilk+D4HRpNhNATd5xl1eIIuUMLPX4wZM8YCD6NpGIFIZCc0&#10;bNWU6EFdXWTDuUazomVTe24mTpy4pAo1ONcNIV4OgKC5kCT7LVRTH0TPLIii2RBJuSDLRRKFl7SM&#10;56+R7AoIolOZs72dy9bH31krT6AaBZAuNFABhPdqxdWbI/SzQ5AtpMOq3d1hKRV32gjpd0Vd31N7&#10;IHRSOYTsXajzkxOWOSog8bpXcgGb/4SAZH4Kr3tY06fg/xwF+wYl59aHwPw9gsM74vs1DP1eCFRv&#10;wWe8R8tCNBtGQ1H/lKZ0HOrIx+pz4FuWh9kWQBqNR6NzF8LP4ehf1OzyOvE0XjKMuqPiaiKEVpqG&#10;tbMs2x3i4lIIEZi0p0rFmkCs0awy0Qzi0A0RciXsR4YQNtU9miFsltK/Maq7e4H4J41hMmbGjH/V&#10;e4r7nItqqlQ2gBjeF+LwjHK5vGJ8WUNQf4XPdDg+G2JTGgmTNaRGUxGnOaxNzE+zaE88/Vh7xONl&#10;w2gMOoTjq9U1KYSH0MhW4Ei3s1QsxnBQZ6dioRzCKiKyBQTcec7xhHy/SeLXiXhOQvwiUZiceh4F&#10;x7hzpfLIqiou+vv7F7LeZeOrcNXqShD/d0L0318qlRaLZsNoSuDLNKftbSTysZPsl2HaNMtp26aM&#10;6O3t/ZFI5VCdKxNtTQkK5XdQII+D2HuMQxilQ1rxkmF8ARViXV1dP9Aync8D43C9p/CEZ34bZeg1&#10;RLPPecnGOw6naY/QRAg4vHZhE3DGcEAgcIAOi3mRn0STYTQ9Az3R4bRUfSNJV5qma8RLRivT3d39&#10;zSSR9RIvZU/0OhrAcXBSL6YcrtaejviypqRcLq+Chvtu7d2jEPaybufOBKLsW7p4IU+87fkC5zhJ&#10;nbyTOHnTET0D++903hcPzHX7vpUTo54kKIs+ZHlAkVI4LEkqy+m8xHjZMJoe3b1F58YjEH4cP5+F&#10;39wzXjJaCW3s4oN8Tic161wiFX16rSSyLB7sb4j4hZSyHzfzlj35cK6X/R3Lkz6Em3XIxIZz2w99&#10;php45FtJER0P8dadOn4T5fd1PPdntGFFed4T5XipMWN4QeuRMxqIltVva+8wgosd4V+vRtmc4jy9&#10;4bx/G0cFtrPgYzfF9cVRtq2sGk2J+lGdl4yA5UFH2Rvqe5tZDxgRTVFCRId5T287zgIc0nLx0hfQ&#10;hjUR2VBFYFyZs1K81JToUnEIvpvwvXRy/GHqaOMlo4VQx6LzRdAAbs6cnaXD86mX9z3RSyxZCULu&#10;aDzflXHdxJzRcqhf1TQ6iSaGZz6QRO5DsPIChOA7Mei+WtPpaGqpzwJvw2gCRqBM/ihPd+b8+yiv&#10;l6J8LhSvGc2CDlk5xyejwfxQ05TM70P6bFsVNK6vwAndoA1svNSMjEh7erbwIr0suiLSrxPtRhPS&#10;3d+/kM6LcyGchkbuUWL5QAUdytkEzrJD/JQpy3TPnm3DrEZHoD0laZr+0IewGxrS0Snz0574vYE5&#10;peFC78OW6sfxUhuxMBqGzmGGzz419f59/H4XtMSi8ZLRKEIIP0DDeQGcxh/hQK4fapRYKpWW9Z5v&#10;wN95DkLq0GhuSgZ6LSvnMcuTiJjP0Mn48ZLRALQXoztovrRsF90hwLHOnQtv5HMrKZyEMroiyqUJ&#10;OsP4Z0boHFRN7eOYj/ISHnZEb8Cnv+U4/A6B94EisqwNpxlFo50+8OFH6JQEaAIH0WeLIotG5ypB&#10;df8GEeGHCfM52tjGS0NGnQlVKluhcYaY92UiWjdeakqoWl0XBRCfM6QQfluZM6w/GkjosBPu+0EQ&#10;2V2e6D14gFfRMI3VVa8x+rMeCcMYHvk8QATeO6YktxLxi6mTP0IMJqh7x+r0BtvQ3iiCfEefEPZV&#10;wVdm9jrHP14y6oWOo6Oi35USf4yfp0RzTdGuWyj5Y+FUNAP9qK4QmrrHzFE4SXcicCQXIwpZPJqN&#10;GqDlTVc847jfST6XbhYCizGo+DtDWH8nvswwjALQYBY+bpN8Rw7N/yjyMXx1GW2Bps1aZqgjOoYx&#10;L2LZ2w5l7XnnZVrsCLKgvpZog5tC4BHLJ16yugi8L4OHuoIjGo0HO10VfTP3mE2YMGEROLzxpPNe&#10;vN/BHN7g0a76LMs288xXInp7KfX0EZ59V55Rva/P5mkYRhOifpmybBfU27t1yFf3OoUAvBH1eUet&#10;0/FlhlETtG2FyNsKx4yU+XFok/VgNsE3HFBRF3eowI74DxAyhQi8z6NDwmWibdHYP67DBmmarhov&#10;NR26cbxzsieijWfh8O7QlW/xkvEl9LnGsnVIPhxEaByYn8J9O78bAr8WUwGM+Qf3+xvak67zsarV&#10;6pp4NpvrnEcV2TpPBs/lBCfyM8fhOs1wjwBMd4+BHg8Zjmfy/XTj4SX8lSR8OpzD+fCXfPeQz/6u&#10;k+chILL8PVlK+Hx3OMl+jc91GYVwEoTFcYn3++Iz7olrm+gewNrDpIsLrCwVT54YHGWGOOtDwPZ3&#10;1PEqys4x+kxsNbtRCzTACKFnG2J5ThfbJSIm+IYKKuufiurBmxtQ8QvlQ6REs+DUfwln3rSRYk9P&#10;z2Je5CY0Ok+i8B1kyUwHojA0usvD0Z8Cp/9kvtqPZSLu0/7aGxpfZgwDrRPlclglFdmCOTtQAzPm&#10;cK32iiZET8AhvouA7X/j+LeUwzspyQsQ2P14nQ693aeLqfDzXDyfYyDydve+sjFE30qaXzC+RdOi&#10;313njRFV101T3juK0/M5hGtxP+7LvyNaBXzfZ2B/C/fir7gP/x9+/0TTjkAsdjuSXxOFn+JvHQJh&#10;uT3+3moot9aTXAO0UdaAHWXrd5rOCPf2Re/5curp0Xtsox/GkPlsSFc7WNDGVF1Pz/LxktGq4EGu&#10;NDA5ODyjKTKiuSmBM9sWjcjjaEzGlMuyeidFsrljDxAdzBdA1MGp09toSO+B+N3eHPv8oT1R2iMl&#10;0rMhyvqBEC1nIsi5D/f0UQiWP0Oo/B8/0Os1HQLtYZS129F4ng6Rsk+aVlbFM7A5jEMAjcZazJVd&#10;vYRpuK+PRbNRQ9QXOqfJyeVGlOVX8gVVCDQ0YfmYGTNskYcxaHTxEAI63dxgNsrUw6jHK8RLRisC&#10;obBAnBMiiBAnQlA19epcz2GUrhhKKRypPQ/R3FaoeNOKpT1CECMvoLK9QxB2sO1owu6f0WH+iRMn&#10;LiNS3ckRnZpvtadbWrH8B5zU3xwCGQQ0D+sG4CnRYS6Ejdq17DQjmt8zcf5/pSkdHU1GndFdhxLm&#10;G+A/XkslzNYeP+eqmkjfhuOM+aY0ffp3pVI5FP50lu64AQG4RLxktCK6Ghdi7ywcT6GxvLRUKi0W&#10;LzUd5RBWRMHrRyPeo0NC0dzKjNAhaoJ41V5LHRb0JL8te7+zCTvw6aea6X1p59yeKJ8X4h4RGq/3&#10;Uy//lfdw6rA18+UJ0e46Ly7+L6NJwLM5R8U29fauHE1GweiG9yThHjTWH6XOzdRhdfh4a7SN+QLt&#10;0KJoa89Am/u6k3BLCe1VvGS0ImmWrQHHPCZl7oMz2KtZhcbo0aO/jc93vEarTioX67BcvNQSaD4j&#10;5sp2uNcTIFzeQgXKHGeHd/J2cCravchBzHwzcabD9P+mw9Qp0WQVco55V3U48eVGC4BnuqT3/jFB&#10;4xBNDaHMvJbncL0jGQ2/cXS5zGt1al37bB4W7sNkR/zvqHPOcWU/TfYcX2IYX8l/b+pA/JoTucjm&#10;zLcwOp/J+7AbxEe/ZnTX+WHxUtMxybnlHctE52SKD2FLdWLxUrOR90qRyCWoIM974lfwu+5BuFS8&#10;3hGowHUhbINy9XM0NJnz+fw43ctZk8eeS1m2rQ4XxJcbLQ7K+j6pp3/XHVWiqXA0OECwcIYKGviI&#10;nSE8NyaSsyF2JsDwBurhn7yEqfj5SwS4e5RKnTU8NXZsvkL8J/D5s4jlT47ol6X2GCkx6oRzPcsP&#10;zAkNug3mCSNHjrSRp1YFDnFhCuGnmsyTOVyojXS81HQ45kN0PgoK3ZW6B2U0NxTtMUi1187LeHy+&#10;PyUiZY2kO2Fiv3533fBde+ISTfVC9Dc0JM9C3N2L4zAHgd6svcVG7RjoLeJqPG0IvlJZB37sIfiH&#10;O6Ppn9DgVncoQhnd11GmixpmpCwfQwBO51C5VldOd3V1RgL3LMvWh++/jST8I9Fg38k+1nNjfBlN&#10;I6X7n8OfP5hPOaKwV7xktCJEPauRZL/VFCc+VPeN5qZjYDhUxjpHb8Bpb9OIoQgInEXQsB2Fgv80&#10;Gou3tddO02rEy22J99U1UclPJaLJpI1j3lsZHuAsO5z7+lYwQdeZ6BwwlIP/F8FNw1b0a9mD2DwU&#10;x3SpVneK5kGRDz+L7J9qPk/mOXnycThFCKDz0jSsPaONV7bqQprUy7n5zh3Mr+v87WYJpI3mYLR2&#10;aFQqe2hAh/IxKSZdNloROMwFdBgGTq8HFf5+RHxrxktNh3NhU8cy00s2XucURHO9GKENAQTdVXD+&#10;r+DePAXRc3wz934OFS0DGsG5LLvUh/AE7rEOeU1zJBf7LNvMon7j88BfXKo9Yo1cIKN+Cp/jHqJs&#10;NARnzXrkdG9a1PsNdMQDDVxwA+LvGc/hWti3ase60D179gLOuZ3g33o88yfeZzelabZGvGx0OGgf&#10;FtX8vN6HaWkI11er1aXjJaPV0GjOe77Qe5mWEJ3XrIsgUOgWghi5MmV5LSU6UhdvxEvDJuZkWwni&#10;7hbtwcojmYGcdgvEl7QFOoRDEHEQdE+iIfuDJ0GTFs5EQ7ZaE8+FNJqAvH6o8AnhF9FUOGPHjl0Y&#10;df84+CtJU94jmusG6v83dS4ihO2xEEOTNZmx8/I8RJEmmt6incRfXNCxCb7jXbi9fyUO3Sp8bacO&#10;QwM7LfPai+6ITkJQZKmsWhXdIgXO7EHnuKppLZp1xZb3lXUQ1Wuy1jKc8Coq0uKlwTJi0qRJK0HU&#10;TYBj+xMakAcTrmwer7U83N+/OBqjE3GfBKIVDVSY7jm7APds7VqKZKMzGMi9xf9H0wZFU+HoFo8Q&#10;H/fqHNloKhwVPhoYMWcnQ/T1koQQmjN1AACdzUlEQVSPUb+maE+gpokahj9qGvQ7qm/V5PsICN+D&#10;j0ykWt0+XjY6lASBQL6LjkgFgd/27VDWOxJ9cDF79pN53rdy867OJamclw83MJ8wmDk1ZZHVU+/v&#10;Iua/EklXlmVr4Iu3dIHVnkcdaiWRG9EIveI1NxLz3fh9lwktsEWX0fykjqdoIBhPC0d9U5rSj/Ot&#10;nJj3i+amYGAucRWNYLgWAdWrCLDmwC+NaYeFWrjvKmxXhm+5Bn7lQ3xHXem8pfX0dSY6xQH17xDt&#10;OHCOf+O9XyZeMlqN7v7+hVCxL0HFngWHdVazzk/TYWeI0kcQUT8Pp/q1W7ro6xLP4xCd/l0dsM5L&#10;i5daEh3GRmXbVVPleGI4X9EeznM1Z6ION8WXGUZN0GDIEf89Zd47mgoHQeeKKOc34Rg7cWKTNy4Q&#10;pUm1ujSE8Uma5kV71CGWeihUD0b9bNm8kbE3c2X4mpsgZt+BDyrBt24dLxsdhE7x8hx+AY3wIodw&#10;mrU7rQqcla7OhWMdT7p/qPc7xyvNhX7OEPbK59aR/FojDjWruCPJrnBe/oIItEf3idTX5v+nxYgr&#10;f/fDkUDYfYKfU+Bsf6J5/OJLDKNuiGS3wqH3T5w4ccloKhSdCwfRdLBnEZT7Q6O5pdBFZPgOByAw&#10;nQjR/F7uUyU7Vv0ULrecX1I/O5lo3ZTo1nz4mvl+fBdbyNFBqPDXdtVr/krmKgLB7eIlo9XQYUFU&#10;ZnVQj+CB3qFzN+KlpkIdqc6zS+F0Uh8+0tWy3MAeiOGAz72gzpN0HLpRgT5B4zZVhZ2tejKKJu/N&#10;8/I8xN4p0VQ4SaWyHIdwG+qA+yyQa3U0zQlztjf81CQS+QD+dYpOm9HRlPiSlkHbCCLayntfdp7e&#10;cCJXlKZOta0LOwSdnpB4/xMKod+HcH0jV+Ubw+RBHSYl0R6yaY7oVO1lipeaiqlTpy7Z29v7vXja&#10;EmjjRVTZgDjcjmj/Q0RGT0PgnWzzH4xGA3F1Surpf2nwEU2Fg/fekSg8g0Du6GhqOzRQRZ0/XIM6&#10;p/s+E6VcrW7dasJ27EBS/oO1BzgVeQG/n2Qr+jsD59zynvlmLcMilUPbMSVZxyDSs6EuvU85UNn7&#10;HawSDx6dWK5zeOAIz05ZZiIKnpV6vlxXFNtKJqOZQEP9hPdyV6Mm30MALYXAZ5QnebhEtHI0tzsj&#10;QuhfiiRT//AagutXdVoKc7/mDWwJ/6B+DAH3j1B2zsXze1N7Y3URx0iby9X2IGDZFc99qs6HT9N0&#10;1Wg2Wo18BRzRYc77Zx3RLXNbCGEMoFuIeQhjVIIEAu/NxEs5oWx3ROyWk8hoSspE2yYsH1CW7RJN&#10;haJDgs65PVFngnPhpGjuODSrgO5OkJI8gMZT5+hWIZz21x0M4kuaGp2oD9+3sSa8dxRmoc24YuLE&#10;iTZa0cboqBqq7WWespdQVk+0DqEWRodziORXujqXiI5v5PBOE5JHtBTCqSjo053ITBK5GIJvOdsw&#10;2mgFnKN7iQP5J59cOJoKZSLRkg7+RYWNDQP9D7oVHQLtIyGYXnEs78AHX+qnTGkJ4aSrNYnC0cT8&#10;uA7xod34saZwiZeNNiJfrBHCpnjOZR0FhD7YJF4yWhHR3HREkyFmHtGVN52aY0mjljRN10bUfYOn&#10;8AacWZ86sr6+vpZNqWB0JqjTG0JgzYaTPqJR9dl7v6XXHXsSPjOajC+hz4a5onMYuz3LJxB9DyOY&#10;XLXZ013o59N0UD6E25yEN1HWroNtKVyyqSttBurxwt5n5+bzNknOdq6/KXffMuYDnTTMWXagLtbQ&#10;1bnU29sR82ni8NKmKMRdqej2bOFBXYHW7I7WMOYGGt6fe5J3G9WTpmlHHMnPnGTQmrJ6NBtzQUWf&#10;7s5BIrfAB3+I4LsH926nZl/QAV+5kAYUOKYjOA4Qf7upX42XjTYBgm8z+JXEET2kQ/k2H72FUQfN&#10;oXIlizyJinvKuCbdO3c4jOvv/44T2d6xlOBQ39LJ6hB3q6Hgmrgz2oJEFwEwX9eIuTX6npRl23oJ&#10;jHp2njUIQ0PzbKpY9sTv4T7+XlM2NfP+vBoc61AfBOqDnsIz8K3n6DB1vGy0AflcdeYLPNEMiL0T&#10;9TxeMloR59z6FEI3nLVTUdTqEZoWSGbeHAU0w/d51XG4rlwuW0+D0XZofreUeI5zYZtGiKwu5sVT&#10;5st1qAd1TleaGsNEA3BtYN3AlJKnNAF1M897hAhYBiL1IgTTv8fnvpuq1XVN8LcH+hxDCBupNtAF&#10;Ovps4yWjRRnhRQ7VHFhOshtbbdNvFadEla2IwyQ4nDd1k29Ni9KpcxCN9kd7fDjLJmqZb9TiqkTn&#10;B0qeoP0X0WTUjhFJkvzIMZ+pPo1ZntRV1W+88UZT9qxoGcRxID7rFHzmKoWwV6vlFjS+mp6ensXw&#10;bK+E4Ot1nB2uScTjJaMV0cjROb4uZZmDinp0Mz9QiLhvlUVWJ51HQPQ2hOpd1Wp1TVyyaNJoe1Lm&#10;rT3LW3DAe+tQWjQXRr4qU/NLUr6QySL9+qKiT4d3r3A+vOop4LFXdlQfGK83DflwPtEG8MfjnIRn&#10;E88n6CT/eNloYRBo7A6/86j3cpPuaQ2TtbWthubT0Z00cMxAAzLOVyrrNGuPWD5/IMuORUPzrg7N&#10;WoRhdBpo9K/SLc/GN2B3GfULCfMmaMzhLuQK6zkvDr3X1NOzGkm4hVjehah60FWrKzVC7M8NHRHS&#10;Lba8ZDelInPgqy/BZ7TVui2OBnio97+FiH/Miexkdb9F0Em0nsPlRBkEXri2XC63jFKXqVOXzfOH&#10;eXk2hLB2NBtGW6NDYo5YU3T8TJP0RnNh5M4+hPMhMp5gS8LeMPTZ5/nPWASiT8XUz0qVStMtiuju&#10;7ls0JbnEscxEG3OzClUTCK1L9+zZC0DsHZug/qfMF9pCnCamXA6rQCTd7nx41pFcrFsYxUsthWad&#10;1+Er5+ltz3zz6NGjbXWQ0dZQCEeigX/W+2yzRjSYqG9rQeRlGhhGk9Fguvv6Fi0zH+O9n47A9zE0&#10;xPs32xw5HYnJE9MTvQhffQc+65rN1hNpzD+67zvEOx5nuJd7etayRThNhO5p55h/o8v4vefTocYX&#10;i5damRGacR4R7a2e+EUn1T2j3TDaiq6urh8kXnSF/J1oyAtfhKFTPESyY3VFqHNh02g2moRRn376&#10;Dc2NmjJfi+D3Dc/ZGOa+FZqpEdaeSAi+gyFGp8FndyXMmyNgsa23WhBdCJl6vtl5eTblyh72HBtM&#10;LvDQOKByIeLz7SLwvoAWuiTLdvESHkPEOKa7RXspDePrEKnuhGDmwyTJG8cG9eaFyZRlv9b6Fs1G&#10;E6KL63SlLnzhU/D9z+LZHQiR1TTbX2pvHtqjg1TwOeaJKvhsr9XWA0HEN1C2Dsmfo8hF+N1SLRVN&#10;pVL5TOBVcByKyrVQvNS26HJwz2GU9zTLOT7clvkb7QLq8F3E2aMTKpVFoqkwdPWk43CaCgf4lXWi&#10;2Wh+RnQzr4Dndi0Rv6zDphr4x2sNR/cUT7wc5DhP3j8RQsEEXwuSJMl6+Zx5lrEaENpQbgGUiFZL&#10;vb8LFWc6oqXTQgg/iJc6BU32uDa+uzqPii7ciHbDaEngPBckCR8QheMb0ZtGRCujPiUQe3dHk9Fi&#10;aKDvODswodDvdC5fCPs2y8II/Rwo4wc6kSdRxiZZD1/rkadoY74bZWt6yryd9trGS0YtgTNeTXvw&#10;cEzXia8dKPC+gDq2lOQ4T/Q6nMfPm8WpGcZgIZHzvJdpqOMbFF2O82FACgfnc2BD2CaajRZFG2Dm&#10;nrV0W0j4R91d5efqK+PlhqI9QWi7DsBn02lGd8XeIfPbLYKWrVTkRCdhOnzFqThfNF4yhouumnUk&#10;v9RoCDf57K4OF3ifJ48Ue3rWSino3oz9Zcq2jZcMoyWAuFsSDZ6gfv9ae/aiuTCccyulXsYTyej+&#10;/v6m3ZLLGDx9fX0/RJk6X5MxOwr3akYGmBs/7AbB5xyflqeO4XB7WqmsaoF664AytZ0Oxzvm6zTh&#10;dzQbQ0HVcuL5LAiYJzRzerMsQEAktow2Ts1UMbWBhNgbCWf2TELyq3HOfT9eMoymxvuwr/P0B9Sr&#10;dYqe+6L1BnX5aLz39CShraLZaDNi+pMDXAgzdbqL5ujT3pl4uaEgwLgIgu8tz3y5dmrY/K/WAEHE&#10;oiTCKFdwIbRaNBvzi+51icp4KI6piHp+0yyTa9EobO699HpP73mWv+Lz3ZX09v4oXm4K4NCWg+O4&#10;0xE9kzLrVkIWJRpNDYKTh4hDt+ZLi6bC0B0OUqIHifn+aDLaGPWHOjyvfhz+8XE00ntB8DV8hbXO&#10;10OwcZNueek4Oxm/29ZqLQCe20I6EpF4PxU/d2qGstT0aGFnrmyXEhOcb+qzbLN4qaFAaO6BCvgM&#10;hF2vc+6/I0FH8muW8Cc4i5HN9ID182mh0zlHie7LaL17RpOCsrl8yvJO4uVYTRAezYWg/iYh2oWI&#10;X/ch7BbNRoegW2E65t9B8D2NwPh4zaMYLzUMtDU/9CwTnYRXfajuZlkVWgMO4UzoltfSlA7Q3uNo&#10;Nr4Mke5xKPcRhWe0iz2aGwpU+hGe+RVCxI8KuMZX9Y5pklfvw2Opl1dj923TdLuXSpUl8Pkvg0h9&#10;KQ3h6Gg2jKbBc7gS9aanLLJ60UNWOkxGEu5BAHdfI1K6GM2B99U1ieQeYn4O5fH8Uk9Pw/OwuhA2&#10;wud5HO1hBta3kZnmxzneFQJ9JnTMRda58iW6u7sXRTR1McSIbh1zjg7bxksNw3s5wonMVoHnvV9z&#10;flZFlb3fwXn6SCNEnfcTzQ0n3zvUue0RtVJK8jA+21rxkmE0lFKJVkYU3IdG9pLx48cX2psSUyUc&#10;6ClPuGu7zRg6NWcFHYaDr3wOjfXPtHctXmoIKu7wmVBGaRY+z50amMRLRpOiWze6fKs+vtmeF9Dh&#10;RUTSB3ldpsx8d1KpLBcvNQx8jsN1uBPi7i5EUWt8NkQ7v+RpGiS7JHX8R+bshGaKwjRKhRM7L2F+&#10;GoL69GYSo0ZnolMeHIWPtK7htNDevIlES6IujNFpItFkGDnlEFZMPN+ge6V7zi7QJPXxUkOoVCqL&#10;wGePwqEJoU9Au9T2GwO0MhogOJZHdPpZSaRzc9w65zaCyOtyknmdGNvoVUYq8HDMTCU8oN34o0YN&#10;L69RHhkyV/Gwfx+mTFk7mpuCyUQbJCKOmIPOUYlmwyicRALrIoii0yVpAIZgDpE3vQ2xeXA0G8YX&#10;KJfLKzqiG/P52RzOb3QPH/X0rIZ2Ex+JelKRLXSOabxkNBn5DlY6FQ3trLa5g+00amm6mBd3Ihdp&#10;uhTtVWp0ZJILPE8v5avuiNat9cOAY9g7IfoAD/v2CRMmNM0coHxVs/fH5r2XHEbBYVjuMKNQdA5S&#10;SjxH62DRk5fVD6GhvBX1clKSJE21at5oPkIIK3ovN2mSY7QTpzZ6RaxzfAjE5yuOw3X4PEvCZOlY&#10;mhTonNscy2znsvXbPm3O6NGjv50ktBcEXgbHfn86MFTTMJgrO8LJP0oiD7gsW7/eajthvsER/ztX&#10;KvtposxobjQjNEmn01QsA9sF2apDozDQQF1DFEgbUZwWVidQ1xeAD9pVg00ROSKaDWOeaGcAGu5x&#10;EFlPoAwd1chVutqbh/brVvju9/FZ9tNyHS8ZTYQ+J5SZC5j5uSzLdm/b56R5qrzITU7k9yiQB0Zz&#10;Q9BeBHyGoAeEzQ5F3nRdheMkPItobHZPT8/y0dxwtHcPz+hQFMRHcFtuRrS6TLxktCCzZ89eAA3Q&#10;j3TeG57rFt6H3ZizQ0SyYyGsTtUVYRzClXp4DjfACY3RgGc+j/tSlBH8/KX+f/y8FMcZOI7DexxF&#10;lO2uQVSaZmuogPu6+lXyXtNaPIn6eGbRc0XxuX6AMq69M9OiyTAGhfeVjT3Jw55FEqLdtSMjXioc&#10;iE/dFvT3aGPFdmhoXhzRSSgvH8Df7d1WKXPy1Z7Mh+iEViK5EU6/YXvCaaNDHO7XSCwlOrjoFX6f&#10;J8/bxfInPPCxzTTHQuejqCDHMRWfbT+b/9E4tOFAYLBS2fudUy8nOpJrUJd+51imQKTM0mTdjvj/&#10;6CpviLcZmoIBz218SojwSS72nk/XleOw7wXxte1konX1+WpDUMtV7VrHdegTdXsFfK51nAvbIIDa&#10;GcHM4RTC8SSZisrrVSBq7x2OZ1IJb0Jc/l989n9HOVsh/qnCUAFMzG/hsxwfTYYxJFAnd01ZV42H&#10;h1CWN0E9aMg8LA2oHIfT4B+0bp3VDJkrjH/GOdlTc+3BP5/QFtOl4PTXRMMzDpHGFF1s0ajhSp0Q&#10;iYo4ynl5Fp/pLI3m46WGokITFfJKNNafeMmOjeaGo3MIcJ92w/EYnt99zbASup1QYQTBtQrE148h&#10;gi7FPe7SVA4oB3+A+Pg3BCIvepIuOIKrERwdB8ewk77eHHdt0J03UO+uxr0O3d3Fi0yj/dCFPQjK&#10;jnHOP486e2sjy5WmK4JPqcB/V8plXsty7zUfIhB7jt9U/96yiZVVwKRER6pQQBR/VaMST2qDSiEc&#10;iUL/rA5HoiI2zVDp5xihSWK9lwoisScTkfWiveGoIMbzu8RTmIF7eOL85BE0BlIGac8Z6sBIR3IL&#10;BEWf8/wHR/S3hKgfIuMOR+F4ospWadr3wyaar9n2oNHTLaa2hJju91l2SjQbRk1A2VrYiVyqi/tQ&#10;x3+q5/FS4aDNOzNl+Vh9t/b2RbPRJKB93dQTv4f24PyWC+Kdq66kEQ0K12M6PBnNhaPbpuEz9KLS&#10;Ia6pbAxTUzem+aRaogNSZu12v23cuHFNkVFbxR1XKpvnc1FwQIhuGC91OiNUCHOWHYhyls/1chL+&#10;khC/yyITEWCcqr3Ymvsqvt5oAvKGmOiXcLB/dswnp02yf7bRXnQzr+BZt530zzrn9mlUrxprhguW&#10;J3H8HmLPEvc2GPU32nkCAY52Xt5KOVyonQIt0+uqvRgh9OxFIZuhKQsaNf8NYmlJCKUxzqOCMe83&#10;Y8aMlprwiIq5oJfsJoiG9yEe9m+WApBv8cZ8DoTo4/h5gS4qiZfanjwBNoXDUEHvgUB4GRX0P/Ne&#10;OqIrcD92hJhbIr7UaBG0nuHZba1zmrwERpn+ROfsaTADkX4SnqkJQGNYaO+xc7K9djjgmCgNGq3R&#10;tlnLtCf6KHF8ss27Lg7c+0Vx749GWz5dR3RSzzfr4rhW0yU5+ODLagbxhOgJTc/RqCE+z9np2hAT&#10;ySUayURzKzICn38FTf2gkViJaOVobzjao6dOC8In1SGwdssJVA5hFQi68/D9+rViInB4JV+V6nVx&#10;ge1b2O6oqE+YN4fwOx8C8LGBnj/5fYIyQJXKVi07n8ZoGBBWC8Gfn4NA4ikNkjV/Y7xUKPgMa8Ws&#10;F93BtuWqC2PGjFkQwm4v3OPEefqDo9CN3w/UwDK+pPXQyCDlKqLizDsXdG/XhkxAVcHhiEOjVz3V&#10;mnw1I6HQeHkf4uouPY+XGop+jpTkODgu3Qvyl60qgHQoI2W+UEVdQvwfTsLzqJSnwQluFF9iGHmP&#10;iPo2lI2j4Lgf8ix/Sllmphyu1+F57bmJLzWMr0VToEDojUM5qlIDc6nBZ/8a5feP+QLJJp/S1Ozo&#10;iFvJV9ZxWTbaE32oW7mmRGfoyGJbdIKgkC4Ep3cSS5iNgnN2NBcKnO/izslVaKif8Jyd0MiJr/Wk&#10;VCotwaFyJYTIm/iuR0dzw9GeXDz7O1G4p2kUE81NiYpTlJdd8VlRZMIfHYfZnsNlmii7JbvRjYai&#10;5QkBzkoIwE5EwPNogoYzX2gjcm5SrVoeM+NrcZwdiADzaUd0C8pQQxYIJols6EP2F5JwS7uNytQb&#10;7SBAXb9Cgz3HMptDuLrMvFbbDYlHBzc2JX40hFD4Hq5aMCHqdoZq7sFxb8n7NeOltkV7FXTYlIiD&#10;pquhanXdeKmhaFSqcwlR4KcgWr2tUb26X0bnFGpkpcNuOgSLz4i6mB1ow69GvRjf2/s9H8KW8E03&#10;Ibp/HccrCIRudCFsZL1+xufR3TQQaN6GoHMmguQDGtG7px0IaD9T52UaUW/TTA9qNnRFbErh6MTL&#10;VLQpH6EtGV+mbNu2TXelhVFEdnKOq2jU70BjWvhcA22o8d43awOuDXenOVAtXJOJjnQ+vOR9uEFX&#10;fsZLDSWfp8nhBojRqQgCjii6EmiaEiI5gxAppyJ/JAr3ln3YrW0ro9H0xF7ktVAuLyWWF9Cov6N+&#10;U6cG2IR4A2iHxZY6FxTBwO80zVa0FwqCk/PhN//hmHeNps5GO5JC2A1BWlfK8g7uTUD7dlBfX98P&#10;dag2vqo9gchbCE7qBO9pFr70idFcKHmCWV316fnmSZOaMideYeiwNSLCm9F4zHacHdL96adNMS+x&#10;HMLOcFy9KrTquZcxyuOi+N6HJxKm5omGo7Br5G4nhjE3VPjpCIhIdkmevJ3CLCdyldaTZqm/RvFM&#10;qFQWQdt6JYTWk/BpR2lbGy8Vhqb98MR/wue4O5o6BhVvzrmN8N1vSJnnOO+f5xDOTJJkOTyLzqmX&#10;iDqWgUO6U1fsZFm2fjQXhr6/PgTvRQXEwboyLl7qaLSAkm6wrcKK+VFfrTbFEPb06dO/qyufdQ4D&#10;hXBqfw22edGeW6pUNsDfux/i9n0I3SpD6MUeTZtjYrQc6sfSfB9iuYtYXvMij+lewfB3OtfYynSH&#10;gSB5B0/0hCO5U1f/Fz13rlSpLEESGGKnD351xWhuO7Td1BEoz0HThT0Ngfu6D+FqCLv1OlJbqJrV&#10;ZMNwRA6C4sFqwZOM9f21OxmHzku7Bw+nIV3bzY4WTgifA52XV51ko7XnIF5qGPk8ykplHQj0Ehow&#10;PELePF6ab8aOHbuwc3wyyt4TEHevwgH+SofCbNhrcKhj0wUnmhpEh7J1fhDu4UIqKHQqhIplPXSr&#10;QNzr1VR84HybrzhW0dfgZ/76fBoF/ob+rfg3vxOPb3VUJFwbRpRKPYulFI5E0NanIycIlm7EPV7f&#10;7mXnoL4cdfBGiI8XRap7Fr1QTP22Li7A+38Cf6EbDbQ8+p3SNP1hvluX7gdO/Ha+5z2ENepW4b2n&#10;TYU6awirnTxls9BYX62NRbxUCNpwoMD9Agrh93hARzeDeGlydKeGpSCGrkBhfgni/CdFP7OvYowm&#10;gNYhf6L+lOSSiURLxkv/hH5eCLkVSLJLUgkzNbqF0ztMxUXR0W2zod8fTmmBboiqtK/vhzrch3vz&#10;Y5LKxQnzGNyrHqI8On1RBb/OLcHxMewfpsQvaG846tIEBEyj8Twuw3EWoreTYNsPDm/nzw5NucBc&#10;3cR7DfC+eBBl237htSL7QMSfGP/WpbDdhp/35nN4KTyj741rn6SaHsjTe7j2K/3s8SsZc2EcBDNE&#10;9GZ4xno/33TEk/CsdlW/GF9itCnqB1PmHfPeJg4364hWvFQI6mtQ7nZPnf8L6u850dxS5PqBeTtm&#10;GQuf+J5nEfiqQ5Mk+REuW2+5AiW/iKZMgSN/HhHmAUU3snhAm+ABaU/QeBS4DTq9kR8Mo7Q3xblN&#10;UbBx/wI71xw54eCs1nQaRaHCwYHtMXr06DzxrPZWTNJtYTjcDmHyJsTCw3pdVzDm/7ED0HugkWV3&#10;d1gK5X0r1LvzIIoegpN9CvdkNjG/i/qgqXV6cB9vwmuOU9GlK69RV5fT+orGoWl7Ocve74Dv8woC&#10;x31UrEazMZ+o/0srlVXx3K/AMQNl4RFdiBZFn/nGNkVH0NAG3ocgTdAmbl1kZ4eWOQSQm8D3PIdA&#10;4zfNHmCoX4F/WQ/CWHNbzoavfMJLdq6OQjRDh0fTgUZjCdysa6GCn0Kju2U0F4IO+6BAH6W9E2js&#10;LtKhjHjJGCQ6pEYhHI2K+hQE1nWlUuO36VLngYp3sH4mNFgPes7GQcy8jN8f0p4klL223XVgNL4b&#10;9/cvPll7aXTnDfhuxzITwvctXVCD+zBBd3bRYVPcj5XhuBZtFwflPV+rAl/nHUWTMUS0TGivBJH8&#10;TFfyqq/kLDukr69v0fgSo41QnylZdgoCvjnQe8dqQBgvFYJOz0Dg3QfR91QzZTDQwBafbXl8rrM0&#10;IIZeeRmC+CZNZdTO7UhN0BsHJZxqTjQd047mQtA5P3BeV6XEjyOC2A8mi1RrQD7pVER7gZ7BzyN0&#10;SD5eahhdOr+Ls0N0H0gI+9bdGuafGaFD1SjLK0Jkj4TA/l3qZDac9GuoV88geLmFK5UdXbW6Uuyx&#10;bPsy3tvb+yOIkWcc0c9UvEZz3dFyhfftws8qyv0p5XJ5LQ1+2m10IPfZIpfoSkF8zwqC8900YI6X&#10;jTahp6dnNcf8JBHfrz49mgsh7zTId9PgF3yWbRbNhaIBzoBGoIMh6Cqo26+kRA9Slu2C8t7Z8+zm&#10;Fzjgb072fmOvQ0PMY8K0aYXmZoMz3hyFOEFhekC7WqPZqBF5L4Du3xlCBhEvqCzrtluDVzQqmLtD&#10;WApVZi+SbLQuFkFU+TrK8SO41z/XYYQYLHX0fcb9OFnLXTnLti0qyFB/BgG0E0n4wPuwb5Zla+Bz&#10;HAUh5PQZEfOcNA9o+RA0oMvj9S0/nDxyZPc3k6SyHHzpzajfr+O414WwaTt8N2MAFTp4vndAeE1F&#10;0Lj9mAIXamgvWerlXO/pbQSr20VzPdH93heEuNwR9fR3OhyL+tuL41i9D+0y2lEYaPC/wdXqJhB4&#10;r+O4FqbCGqa88BCNxIPUBMyXFd2L2Glo1zsagMPQ0L1MlN1qE7vnD3UqGkUn3u+rAiEXdESz4HTG&#10;whltrUNpKi7iy40IHPJSaZ50NFyPcve1i3BqjQ434dmUcYzTIfNo/m/0eepQJ57pFvA7o/J5SJ7e&#10;0CEqPNefav6sVu4V07KYEG3lPU8gXZxDcoWDoLXgrj2AzzkN5fR1/DxcxVA01x2d/63zpz3Rh0Th&#10;pGiuGaoHkoF5dlenTmaiXj6tUxQ0gLHFmMNAbyyc4iG4oS8yZycXqZLhjBbShwhH+xTE3mHmhApj&#10;hIoWknyP4Bl4BseZSPkiurKVKhVdFHGL09WrIq/hfv1WpLo97pXNhZpPtFHAPXxVex+K8i1alp1U&#10;9vEs7w5mjrH6Hx0C0m0G8XlvREM6Q4fcHYdJ+B57w1fqHNeW81HqZ9MQDlM/Cz//uHOyT5HiwKgP&#10;A+U0PA+/NBrPs7AdqrRX3nu/G8TeiwgkLhiOANO6Wg5hRc1n53yYpimFUE5vgyZZX7VJfJkxHHCT&#10;dY/Sgzzx214qR0RzIWhqCC/ZbzXqRiHdBCYTeQWjlWyybr/DUkq8OFTehsy9aAZKpdJiFMLBmnga&#10;9eFdbRBRNn+im9PbEMHQgX+5i4gmF7kIQ3viHDOKdHDRNGRGoo6gbCyBv7cfS1aC6H8T5eIxiL8z&#10;dW9QHQ2JL216tBwnlcpyELD3oLK/jZ9XBTSyVr5bF+d6lvckD2t5h5hfu6hnqUFRucxrwU++zCHc&#10;BtN8td/6+VSUishBRGEyAqp3oANKCMh20CArvsyoFTqElxKdjQf1GiK8naK57uiD1ihbxQUigvvK&#10;5bLNx2swOtEWjuIYlIVHEU1dq/PO4qW2RYUdGuxDVdglJB+gLPZD6O3V1dXVFPsGtwMQeCurYIZj&#10;P33ChAmLRHNd0QYIjYj2yP0R7797NNeSEfpd8J12hFC6VwVTOrC38hnMfSu0yqiEJuFFQ5v38qEe&#10;iPbQtPJQdSejATuJ3JL3PruwUVFiT98HgcLa8J0ZytHdOl0iXvoCPGNGPs8O/vVevO4D+ATddWNk&#10;kb2QHQlu8IKaXwZKfDZ+L2JSZY46QTjgffDQH4eTvMa2MWsuUFGXx/P5tfZYIAg4sp26zjVnH5zL&#10;NmjQJiTEEHahX4fjvs45GcPHhfBzOHbN/7W5NkbRXFeibxuvvQUawERzPdFN6RfGsbNz/Dsd5kf9&#10;qUilsg/KW0sEDRDE6+J+PYhn9TL88k9b5XMb/4OKLuj1Y30Is7yXnxQp2kWmLovy049yX9JRQh3K&#10;naxlKssudT68kRI/h7J1gU4XKsoPdDy64bujfJn0m6VSaeVorjt4wAvBoRwPR1x1zCd/lizXaC5U&#10;jGuPa0LCEHuTUTnXKypCrDVJkiydkpxNLHPyreHQiJXgbPAdbaiqzlBv78qJiEtDuFL3z4zmuqJl&#10;F/5lR0/0BsptYaMUn0frii7MQRB9DIKmRxzxKxo8UU/Pajq3Kb6sKdHebLQNF+PzvgoffTsCveVg&#10;tik1LcTkNM6J5fDz7u5ihkLzDpxqdSW8r089/S/UP9039gZtO4revs0AKrbwMK4hkRfgjHReXCHk&#10;EW+onkPMT8ERHxjNRhMzMLRDR2uUj0p7fSsMaWpDCueyOgTqA2hg3yMO5H3YTXt54kuMgkDZOUDL&#10;jq78jKa6o8+fQngA/uaxaGo4+pnweTZLmMci0HgFPrAbImrXZh7N0F6ZlALqvrycog4VOffLGD7l&#10;cnlFlLeXUc7uhlgvZMqEooJPy048NRqBzsnzHG5IHb+jQ3TRXHfi5N8bUeiqacpbR7PR5GhQAMF0&#10;tPPyLBrsiRqdxUtNhTZAZR920GEDT/wWytn9aZquis9vQwQNBMFkF0l4QFfURVPdUb+Wevp3yrIf&#10;R1NToWW1u5tX8J4vJ5bX8qSvIeyrgXB8SVOR99RAlDqWmeq/syxb3+pVa1Dp71/OwWnDL3bpNmrR&#10;bLQz+byVoFua0Yu6JDua6w4c70o6SRRRLBX5vsbQydOKhMpJKckcCLy74SsKzcA+GPIVnRL+oXvk&#10;6qIe63VoDohoA51wDR1zYlEiZtSo/m85x3c7zqo9PdNbYttEzQ3mfbhQtzGjEHqIwgHNmtcSbcha&#10;CKR0K8WZXKkUNufSGBYjHAoV/OQ01MnCclgaDUC7UlPvRzkv78PpLhPNdcf76po6OZlIHm5msWAM&#10;oHM3vecTBuYUhXuKLCtDRVNfIJA4jiXMxs+LbGFF41GxDVFwuc7vdFm2vvYKxUt1RbdlghB5Be+t&#10;Wye2HPDTS2lPn6a6csyIi6vb6yhMvNw0yJQpq8M/TIdAnTXZZ5uZ4Gtu8HwWgti7k1SkO7e+BcNt&#10;iIo8kuyigWGCwvanG1FCgdI9PuGwfhcKHLoxBo+urPUi++dDtCJd3cwrxEstg04ahzN7CMHrE+Uy&#10;FbbNlvHPaICHRiVAtJzT1VXM6k0Vkz6E21KW2dHU0uS9Z7rNle68MrDd1TowN9WiCCJaLWV+zkuY&#10;mlYqqxYl6I2hUSa5FQL9TR1lw6k9q3ZBIy3mcCYcxZ90gno01x1fqWyseXVSkgcsfUrzMlA+eDvv&#10;pVd7EHQ5fLzUskCoHqr7zSK4+WWpVMxKT+OL4BloiofnIQIKm4+rw8PO0//WtBLR1BZooI57uRtE&#10;VZZvY5ZlJ8PWVLuy4DlvhyDrdeLsUV1tHM1GE6H1g7PsqFRkNtrmZyZPnmz7nLcD+SRaxwfC+f0h&#10;TXmPaK4r2iUcQtg0T4Qcwt1wSG2fdLdF0YSy6xHzJJSRR+AEdminSq+9ebrqFg3jW4het7fevWLR&#10;+q+Z8nWv2GiqOxwq1zov04p8z6LRFDUI3C/zA3ss36vDcM1SttX3E4WRnvkTrXsIIG2VewOZPXv2&#10;ArrNHQKElET+Cl//aEK0i6U0azNQ0faGM/gDKl1hq88gHjZEZc90yBYOyHrymhCdK4lycSMq/nMU&#10;wtHaYxAvtR1oCDdyLLMd8SSbiFwMqe4WITIlFTlOF/VEc13Bs10XgeWs1PsTo6ntSSjbPSXu8wO7&#10;uYzUHpt4qaHonEKR7FxH4aOEw89tPlgx6OiMC2Eb1L87nKc/a68d/PzxRaZWMQoGDVyeYgDR3/nR&#10;VFe0MicJb+K9lBLmMdaoNh/aEEDkHYtnNB3l4lo45I4Y1tSeBTi/y4n4NQQhR+t8xHjJqDEaNDiS&#10;X6GRV2Fd2DQAz+Fyj8YtnnYUKM+rIpC5PdHN5TUxdZMsekO9Wxz17QHPebqjXaPZqCGoYxtAzF3l&#10;WT7QgJZILtJV3CauOwCt+J7CDETVvy7qgevkaxS2ic7zBJuT11zo0A4E3hYQeA6Ch3TINl7qKPR7&#10;ex8e8yJcFlnd5qfUnvweh9CbEp1R1Dwy7ckgCf8JQXFWNHUkCNwWg7g6k5hfwHE/Ars146WGgjKx&#10;YaqpYyRwkiSWy20Y5G07Z2c5T7MSljdR5m/IE1nb1JTOAwJvOiKoEE/rTpplayTM4xBNdMHRtNxq&#10;zXZG5/RA2V0C4T9L06ZEc0eDCPinOqyEsnryOJteUFN0U38dSkxT2SKa6g4auwsg4F8ql4tbbNbM&#10;aA82ER3sJUyH4MM/1t2PGh7UwP+cjg/zD/w8q52ni9SS7hCW0uk1aNOf1F47lPUxeJ7b2bQo418g&#10;8p5ENFdI/jPNeO9J7vMila6ursWj2Wgw2osH57CT9/QSUbi/oQlYP/10RAhT1nYcJjni/43P82Ca&#10;hrUb2aOm81a0zKKuzBTr3asJ+RwhZp8PIxa0IKJEtLLz4VnNnxhNRkQ3lWfO9oY4eMqxeOfCRjA3&#10;tJzrlor4TFV8nnd0H+RoNiJdIfzAcWU/HX3xxO+hPk1KiQ5QfxVfYhgDQPEXIri0G96HcK3zvjfp&#10;0OHAZkRFPqLmuxE9P8dc2bFh8zUgnkrer0Oa2w6fBYLq0HyeYJadm7LM9BwuDHBs8dUNgbO8Ifwk&#10;5XCz9TIMD+dkT9xLwfM+THuVormupN6f7iX8Z7PuJNEM5EPbVNkK4mGqCgid1wVzQwVfKU131DmV&#10;8AG3RVNHovWEK5UddfFi6uV9PJsMQctxRbXhhjFX0jT9IQrkxWjAH5884DiMBoOo79tl5/ZMEMET&#10;ya0hTGuYiNK9jdHo34bI/UkK4bAviyjt8UlF7tMhCcqy3RvZo9bf3/99+NffJiyvaT4w690bPLiH&#10;C+FZ3uhFxqGRWiua644n/gRiYVQ8NebCf/fwUXgGfjufq9vIst6lizXUB7DM1h1NormtUT/oXNgU&#10;vu9WR+ENBCmPOZLzYoJ68ztG86DzAxzz4Yg+XoRT3zuajQaiESAcxi91VwA0tvtHc+FoAIDo9DqI&#10;vJdTkrO1By9e+idGjhz5zbL3O6AsTWEuViB8Fd6HHTzRK47oXv0e0WzMBwguNkG504UupxSVUgXv&#10;dSzed87kyZMt0BwEA4KP94b/fkan3ej0m3ipcPLexhAO8J7e1gTnGqzGS20BhPQ3dGoIAu8r4Odm&#10;457P8CGM0gUU+t3jywyjudAVtSiw+yF6f4QqlZN0eC5eMhpElmVrOC/TU6LJcB4NyZiv5QLR+RnO&#10;00soG9ckvb3znR1fxSDE1Xme+CnP4ZxSqaehm9HjM9yM7/FXynp2jyZjHqABOw/iIeDYPJrqysD0&#10;BP8Yh+x6nJoPGgJ4VgtqnUVw86L2ikJkNSzdkvot76XivH9en200txzaQwphtyxE69kIRKZDwM6C&#10;bxuN77Rlu4lYo43RTOyO5ffaaxNNRoMYP37899DAnpQ61l68U3Sic7xUKCllP06Zn8Zn0N6BVaJ5&#10;0MARrorv8yD+TgV/b49GOkY/ZcoyqchrOjVB73M0G1+Bzo/zmiRd5MakWi0kfQZEwREIbv6r0XM8&#10;2wFdma/TLHQerXN8eKPK+2jUd4jPY4jlE813Gc1Nj6a1gd86Gn6rV3cswc/xPoTdbN6o0YqMSNN0&#10;DUSAXZ6zMeZgG0t3d1iKONwOB/1U6O3dNJoLJUmS9VIIMzTwolvr1EpoohHfH8d0lLU7Uc6GLByH&#10;iw6tIBo/Hg3gv5FUzohm40ugYdtfV3WicT5Yd0WI5rqSenoJouAOSwxbO1CNN0R97tFniYB+U9zb&#10;wnOzaZ1LEt48JX4O7cwdY8c2x24fn0eFMITcvvC/3RClCAYDOc4OedCmexitTpL0/ohIbkQFfBRO&#10;4PvRbDQA56orOQnPIopMp0+fXkjD+nlU5EPcnYdjWsp8wbg6lAedB6p7ejoOs53j0yZMaFx6Ad1p&#10;QJ25LnLRYfJoNoDOZUQZuMNzuFsDwWiuKyh3+zgvr6Kx3TKajBqivWmpChiRKyCmG7L6U4dyEWBN&#10;8sQv61BoNDcEDSa8D1vivtxLusewLiALlZO099oCDaNt0LkcKSo/CvmLOnk+mo2CgfNbACJrX533&#10;wSGcr5tWx0uFoBE+c2U7RK+J7oICoVn3SfD56l3vy5orDeVw60atEtT3haM/EvXgI5Ls0qJ6rpod&#10;lIfNdWW1Yz5Ky2c0142BPGMcPPOYUZYOp25o+dZFSQgoX9WV6I3o3Rvf2/s959xpztPbKGf7RXMh&#10;6GIJCLobdVGZp/ASggpNBbWK5ieNLzGM9kHnSSGi2jNfBp5lJ8NkE58bgDpetG9nJizv6FBZNBeG&#10;6+//fipyCRz/8xA8xxcZyWojA1G5C3H2NHG4X3s046XC0ecA5z9Rc15NLnAv12aFtEwwQ4v7QtJj&#10;oLHdC0HGP1AeLNlu/dHpOltA5MyCz7mvEYs1NHjQBMIEwYWydt6oTz+ti9/RBSCo1+dD1D7nid/F&#10;+c0oY+sWEbwYRsNRh+op60kQQUeTUTBwOgujMf0NnN2ccrlceCoERLbb43gEAu/BSZPc8tFcOHof&#10;4Owv1VWCjsNpOrwTLxWKilyuVDbX3j00DhOiuePQYT2dz6UrNpMkme9V1sOBWabAJz00pkELjzqR&#10;CRMmLOJIbtH90zXnZdHiR3vT88wCIjPhB38XzcMCAdtiurWY9/IY/OonWo8RyG6hvYjxJYbRGWhC&#10;S1Ss69CwZpMmpatGs1EcIzSxMHM2UVMP6O/RXgj5XDyS89QZOscnawqVeKmhlEVW95KV9J6g0d9W&#10;84LFS4Wic1Wdo6s0BxhET6FDS80AfMMxKQfCc9i/iBXSEBnbolF+C/d61yJ7lI0BUs72RqA1B+X+&#10;ulJPsSmQVOzp0CnKWhm+CK6wMihfqAJOV/Lj/zuIuk90lTjK0R59fX0NCRYNoykolaZ/V+ckaRb1&#10;lCs7RrNRID1wpt7nQ6WTi27Y4ATXSpjHwjlSs2ath9DYT3sZPIfbdC5fNBeKPpc8WbAPj0F0Th5s&#10;A9Sq0NSpS6LBvBvP4PY0rX8QqCsdWbKJenR3dxeSkNn4Z2JKp9SxzNTRHpgKncqjw8d433sd0Qyo&#10;va9N5aNBaUK0FYuMc8QfegnT4dOOKqrn2TBaAqKe1fJEmp4viyajIFQ8uCxbHyLrSRx3FNmTNrDo&#10;gPbC+z7tQ7i+2Rcd6DAShN7lKKuvaw9To3JX6X0ikp8Ry7v4HCc3qpexKERkJ0IZSYkOKyIIQVnc&#10;Gc/4owxBR6MW5BgD4Hl/C+3CCc7TG47DMUXnu9RhV7z/KC1/EG95gm71A/gc62h+15TDO07CTBI5&#10;e5JzDZvPaxhNjUZNiNbvoBAmT5zYulnKW5R8iIIkfKxDJNFWCHCai5NkF3kK/Xj2I1tphZnuxAGB&#10;VXXOP4/7t1HRPaCREbiHK+D+9WgjpBO8o73tgLi+VvOI4TtuHE11xYs87Fmk2QOPTkJFt/P+WScy&#10;Okwrdl/tfNoEycWpyF+cBnkQnWkIV5ZKfp0G1X3DaB3UkWoqFQi9F9NqdetoNgpAeyrQcG7pPb1E&#10;UjmvSKFVLodV4DhHQyyFksgW0dxSIKr/Ju7fzhBZL0MYjC1ql4Yvoz0czNmBECbvag9Du6VkUDGr&#10;86Qg9i7ToDCa64aIrKf3MiU6QJ9xNBtNgLYX6jMg9n4/mG0Pa4HWK7z/EvCbViYMYzBoV7dGaRB6&#10;V0eTURA650V78tCAnh9NhZCwZqKnjIjv1wUY0dyyQIgsiPJ7GbHMcSGc1ojhXBXtzrnl0Qbe7SU8&#10;q0OP8VKrM4JIziAKKb7TbjqMF+11YcyYGf/qKNybSHD3o1GPZqOJGD169Le958s1ubGT6k4mxg2j&#10;iUEFXdRRdoX30qvDh9Fs1B8drt2SmOdAGFw2cuTIQhylOmiIor29SAWN9ihNXxIvtQVpqnvn6jZF&#10;/Gia8naNmDenc4ecyJ5l76c7F36jPRDxUkviXM/y2lsKIX2t/h7NdaOUplunLG/qikkTEM2Nl+xY&#10;5+kPKB/71zsAMAxjCGiDpI2+9uZxlh0SzUYB9Or8MgnvO5JroqnuqOihEA52Xp7XRMwwte0Edwo9&#10;e+WTs0nu0e3MYCr8u+pWYRzC9bqriWM+sFGiRd93/Pje73V18eK6UjkRWU9FFATxqU6yq/QekcjD&#10;Ko5xPPcVx5yU+GMiOhh/ru73EZ/lHufkkUZugWfMPwgWN0MZ+RjP7We2i4RhNBlpX98PXQgPwfGX&#10;o8kogHK5vIoTeTIVubWoHic09ovCIZ8Oh/woGvjDPq1TtvlmIhe2IldA2L7vRY7F+YLxUmHoJHHc&#10;9429D9NZRBBY1XwfUZ0fqCkkNKGzI/opvuvD+N4veKJXEpbXUpYXdBGF9hyLVA71IWyJz7SmDjOX&#10;KpUltGzo0Hcz9MhATOrK//fweY6aYQmSWwbnwkY6z1h7fW3xjGE0Cdqb55j3043CET1vH81GndGI&#10;F87wKeYswWkhvUw6PIv3PN1JeJYo+3E0dwzdfX2LQtz2aOogCIl1G7FCT1cMklTOwDN41Xs+ZyiT&#10;ybXOau8kgoR9cNyjPbO68tB7mYZnfJPaIZBWgPBbpBWFvD4XDuFmPKtMRShMllKlRdBeY6LqukT8&#10;N+2R1fN4yTCMRqCTxvNFAMzkiG5pRMPXiYzr7/8O7vuDjmVKUUk8NZs9RN4FKXNfuUzbwtSRjaeW&#10;eZ0T6Yhfdy78rqurq/AFKLF3bx00hF0oBz34/WuTUmtDqclhIXoOgJAb74nfhlCdgc9/e0K0iw4L&#10;N2L+YT0plUqrIfhM4JM+hG96PCU60gRf0zICdWhxCPNjBgJXecuzlLR832I9eobRePpVcIRwqk54&#10;rjYoHUUnkif55ewP2sMUTXUl36/S8Wna4+NEdormjkZ7xZj5fDROb0NwndGIOUX4DAtB6B2dEj+N&#10;z3CVbskUhd1yXuREFeWOwhvMYRKe254q6lSoxv/eEeT3qFLZCs/pDojct1zI3kDduaDkq2vGlxgF&#10;o73SOgqEMuog6t6CX6nAv+yqIwbxJYZhNAtJ0vujgfkU4cpoMuoMGu+90Wh94n0xKTc0ZQre73zH&#10;8mSSZbtHsxEph7AiGqoyBNczaKi2bISQ0l51NJhjUy9/yXvsREpoSK3h/ApUoON+bQBhfCcE33v4&#10;/UXcp/3HQXzElxg1RlMUISja0YXwOxXbuN/TUEYP1cADl62X1TCaFe3N8551Uv7TcJbrRrNRR5wL&#10;mzpPb/ssOyGa6kr+jEWOSLQxDNV9o9n4CjQvnPM6b07G6sKEaC4MFZhxCNYazkGgi0e0jDtd1MTh&#10;Hc3ppkOJ8bIxBHRRj4hsIRJu0TqB41kv2Sm6Utum9xhGixDn5q2GyKwXDZz15hWAOsiU5AXPMi6a&#10;6oo2gHDWh6IRfAyR+PEwmYCYB1ovdFidJPw1hMrRttqztdDnhXK/NUTf74nlY/i3c9shCXi9yX1T&#10;GtYmkUt1kVDKMke3Q0zTdNV2m/9pGB2DRmypl1MS4neLWgzQyagj1cUuEF3TNCqO5noyQlNnMMtz&#10;EC4XRpsxn+i8MO+lF0LhPW0Ao9loIcaNG/cdPMMjdIW5Ll5B0KOJfK03KqJTFhyHMyHuXoAwfhN+&#10;4gYdEtf7Fl9iGEYro1Gu8zItJbk1mow6IlLZR3uJdDgkmuqGNmbdzm2UEqWe+eb+/v6F4iVjkPhK&#10;ZWPn6aOUwuRGbKVm1IQR+aplya7xLB86kjvj3LKOQvcldsyHa7CJ+/ABhXC/c24b7fmPLzEMo12A&#10;EPgWKvcefiC9xDbRbNQJnTzudV4eh+t1RWU01w1NQ0HM90PIV/S9o9kYImNmzPhX5/hMJ+EvPsvO&#10;jWajBckXcoSwV+r4TTzTKd57XbnbllMa8F0XTZl39F6co/ARRF6AyNtfcyvGlxiG0a5oqg1U+HGO&#10;6CHLXF5ftHfNh3CbJ+rXlBnRXDc07QGJnJdH7d5vHM1GDRjIZUddqDezdFg8mo0WROuliKznKcxw&#10;zj8/mWgDmFta8OWLUrJsM9T/e3RHERxPQNydbFNzDKPD0B6lPMrLV2EGW4VZZzShLRqTj/Se1ztt&#10;h4p2onAwIvhpOkQTzUYN0WfIlcp2xPwy7vGERqzONWqHCj6XZeujfj6nB1GlZQSf9k6GENZ2Ir9K&#10;WV5DmXzOM1+OYG+l+BLDMDoRXYQBZ3AhEb8eTUYd0ag68X5CEUOoIrI6nP2jum9uNBl1Ih8ClOwS&#10;J+GPuN/HwWQrmlsYDYCZeRPifF/grKAFU4NCp9wQ0cr4nOfjM87wxC97Djdrb6QK1vgywzA6HZ2f&#10;4bx/HtHrtdFk1Anm7PAEzjihylb1dsTas+RCuI5EWBuDaDbqgM7ZQ2N7iM7ZS5hviGajDdC8k6i3&#10;h3gKb8BH3tzIqS3qM0IISzmi430I/fmWfZwvoNjeUp4YhvGVfPrpp99AA7UjMX+gP6PZqAPOVVdC&#10;Q/G4Z76y3r15A4mv/UH5vDxLilxXRGRZojDDh+wJy8/WviBYWlIXT0HMz3TM+0Vz3ZmggThX8q3F&#10;NOUJyhrcCO83fvx4W/FtGMa8yYdtRW7yEririy1zfB3RHUccyx/hpOt+n7u7eQVtEEjkt9Fk1Bjt&#10;XdH9VbUXTyqVQ6PZaGNGjx797YRod4i+JyC67uT+/prXZfXJ+PvbIvi+3xG9rVM9cH58T0/PYvEl&#10;hmEY882INK2sCsfVTyQXRZtRB3S+j/f0BsTeKHXk0VwXNLcbhXASGodnICo3iWajhkxIkqURIFW8&#10;91O5r2+FaDY6hJLIsp75bpSB6czVYdUx9Q35at8QrvfEr0BAztQ505MmueXrvVjLMIw2Jxcfobov&#10;ibwbens3imajDmhKg5T4ae8rG9dzbt7ABPLqJo6zqiO6OJqNGqIpanBv/86hYnNaO5h8RXsII70P&#10;s4iys6N5nqh40x0ovGTnOgnTIe7eRqB9I3zDOjqVJr7MMAxj+Og8MUSOo1jC7Ggy6gCEwTIQetXU&#10;y031nsiNZ7ooRMil+UpB7xeOZqNGoGE/lST8wznZM5qMDkb30XUiO2n9hti7sbuvb9F46QvEhVHH&#10;aC+w7qrCIuMgEHcYN67fthYzDKN+lErTv5svDvDhtmgy6kAIYV9E7X/OsmyNeg/F4L1W8UQvMfP5&#10;0WTUgFGjRn3Le75cV14Od6jOaD8QVK1DUHqOAmKt7kXzgMvxfp6kC8LuPceCohMOcP3934//xTAM&#10;o/7AMS2JaPS/UqIDosmoA4jkJ+mKuXr3sOnfx3v91HuZqqIymo0a4DjcnpB8MHHixCWjyTA+z4hy&#10;ubw66t54J+G/oOr6JcuO1VQo8bphGEax6FwQ3TEhFZkNcWDz8+qEbpSeOv8+xPTROlQezTVH5/1B&#10;uK/rQ8iI5NJoNoZJf3//t/JV6d5Px/21XISGYRhGa6DJNUWyX+twg4qRaDZqTAiVkxDlP1bvTPU6&#10;9y/1/kTvaRb19pogqRHO8XUphY90T9toMgzDMIzmB8JgMUccPLPNz6sT3d3dCxFJl/f+rnoP25ZK&#10;lSUch9+lEh6IJmOYeJETifl1BEPbWpoLwzAMo5UYgcZrAxwziMLR0WbUmIR5Ewi8l7yXg3R1XjTX&#10;hTTL1vDE71EIB0eTMQwSynZPWT4uO7dnPXtiDcMwDKPmaMOVMu/hPb0HIbJmNBs1xov8RHfC6O6u&#10;74Rs3QrJM5/ufHiszLxWNBtDRBNOp47f9ByurbdANwzDMIyao0JPRQix/Ec0GXVAM+enHKje+5/m&#10;w7bEkxyHu21j8+GRB0EkdyIAmuqcWz6aDcMwDKN16NYdMZivJgrPRJNRByCkX9aE1PXcfHxUf/+3&#10;uFrdGsL9MYiTn0SzMUR8CLtBNP+BK5XNbcjWMAzDaEm014c4dBPRg9Fk1Bjc25WJeY5ukVTPtCrj&#10;xo37Dt7j6JR4Tpqmq0azMURwHx+F0LufmReMJsMwDMNoLVR4eAovaab/aDJqjHOyT8L8VFqpbDdq&#10;1KhvRXPN0dW8nsPVXsK0aDKGCMTd3qmE2d6H3bTXO5oNwzAMo7WoVCrfJpZ/OOZPUpbZ8zqcp1le&#10;V+gyPz6fx6NEIYP4cPN1eBnvmW/Qye/zOpzIVSRyNnN21Pwdlf2IKluFEDaa1+GcW1/zpU2fPv27&#10;eo/mdahg1sn62kP65QOi4QIcVe+ra9ZzCLCrq2vxlGgyxMnd0WQMgQHBLKVU5IEJEyYsEs2GYRiG&#10;YQyX0aNHfzvfQWI+jlKptES5XF4xTbM15udQ8QbBtTlVKlvN63AhbJPP0RLZBz/3ndeBv3sIkZwN&#10;wfxzCNULv3zoziP13rRc70nipeycPJ8y/zH19L/m53DE/4bjk9SHj+Z1eJIPIPjf/HIA8HUHgogX&#10;IDynQ8RPm9cxsNey9CI4CPN1hPAQftyG44b5OfBsTkNgcNy8DjzzXzqij4iy3evZA2sYhmEYhmF8&#10;DTonEcf3NeH3vA7t7YTQXymtVFadnyPLsvVN5BmGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiG&#10;YRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiGYRiG&#10;0Yl0d3d/s1KpLBJC+MHcjlKpskS5HFZM08qqcztK3q/pnNuImTef24G/uaVIdSfmyh5zOxzzfl7k&#10;ROZwDpGc93VHynxhyuFmT/JbonDv1x34W2M9UUZET7DIk58/UqLJei/irTEMwzCM9ufTTz/9hjZ+&#10;PT09i83t4P7+fAN5EVl9bkeapmujkd+UqLLV3I9sWxy7ex/2nduBxvtgiIHTOISfz/Xg8AtHMtqz&#10;jJv7wROI+VH83WfmdeD1fyYJ//l1R5rSZBVJ8VbWBfz9pRyH2Z74Lcfy5GcHhM/jzvsKvkuY2+G9&#10;L5PInSTZjXM7PIerHYWf4jh+bkdK4Ug8l92+Stx9/kBZ2LAksuxY7xeG2Fzo647e3t7vlaZP/26p&#10;VJrngXL6bfyfBeZ19Pf3fws/v/n5A6Jze+/p7YRoFz2Pt9cwDMMwWg9tEFMv/5Uwz4Eo8HM7Ei9l&#10;CKXbcVw7twNi4ZfQDWd6qfxk7occioZ+RwiMjed2TJ48ed0kSX6kn3Vex4wZM/51fg5t4OfnGDVq&#10;1Dfm54i38yvB/bgIYrDH++qa83rtcOjq4sXxPpNT7++KJmMIQNwtqj16EM13j4e4jGbDMAzDaD3Q&#10;qC3gKbzkmX8RTUaNcU72gZB+Kq1UtoPQ+1Y015wJEyYsgud4LQT0Y9FkDBEEIIc4rRch7GC9eoZh&#10;GEbLMmbMmH8lDt1E9GA0GTUG93Y1HK9QCCNVWEdzzRk3btx38B5HpyyznXPLR7MxRFLmp1OSO3Uo&#10;OJoMwzAMo7XQ3grPfLXOM4smow4Q8SskcgkzLxhNNUeHminLtk2JH8fzHBnNxhCBOP+xJ/4zntkm&#10;9RxyNwzDMIy6oQ2YF/kJsfxHNBl1ICW5D+Irda7/+9FUF7pDWMpLViKSO23IcXjkvd0h3OM4q3aH&#10;/qWi2TAMwzBaBxV6KfMe3tN73vs1o9moMbi3J3jiD4loyWiqCxB3C+F5XkDMj2ZZtkY0G0NEV/qS&#10;hA84hMtU+EWzYRiGYbQMI1wIG6UsL3iRI6LNqDE+yzaD+HpZhwPrLRhUsBPLBynRAdFkDAMnso/z&#10;9Gf83N6GcA3DMIyWg5kX914q+HlDNBk1plKpLIL7O0kkG629btFcFzQVjWcppRIeiCZjmHAI53ui&#10;WRDRm3366acjotkwDMMwmh/tYXIit3gR7u+v7xyyTgZC73Tvw2OTiTaoZ88Q3mdBx3xyKrb6tpYw&#10;h9sh9l7HPbU6YhiGYbQOOmm/7NzhnvllFSHRbNQY3OelUpZ3UqIjx8yYUbfhW32eSZJsCFHSQ5Jd&#10;FM3GMFEB7b3c5yn0J9Xq0tFsGIZhGM2PiCxLIv8BEfLjaDLqAIRCGcfE7u7+ug7f6lCxijzHPKVc&#10;Lq8ezUYNoBAe8ixv1XsI3jAMwzBqhvZWEPFTzsmN0WTUAQivQ3Cf/1Yuh1VwWte5Xpqo2Ym8ypyd&#10;Hk1GDRg9evS3IaJvdSyzcY/XjWbDMAzDaF66dSs0zzd471+KJqMOaM+p96EXAuyqcf3934nmuqBz&#10;yXTf4ZT5uf46v1cn4jlcRhL+4VzYKJoMwzAMoznReV1eZH8IkPctn1598booQ8K0arW6bj0XZeBv&#10;fytNZQvHMgXveUE0GzXEh7CzI/53COqfRZNhGIZhNB+aMkJkyuq6IT4arbOj2agD2rvmOXvPEV2k&#10;PanRXBcg2heGyDtLhWWWZetHs1FDJqXpqrjHT1HIuifWOSG2YRiGYQyZfFN8TSEhUtbJ/NFs1AEI&#10;vQuI+OMi7rOrVlfyIfQ45tujyagx2jOLe3w9hPWfvQ+7RbNhGIZhNA86fOsc7+qI3y6XadtoNuqA&#10;LpSAKJhOIpfOqGOqFSXm1TuKmJ/Gz12j2agD+XNlfhuiL7Mt0wzDMIymA2JvUU/0ik40jyajTuhc&#10;PQi9F1wIm9Z7t4V8t4wQbsb7McTIytFs1AEV1szZWZ74z47op9FsGIZhGI1Hh2+Zw5U+ZLOiyagj&#10;xPwcBN8d9Z6rp+giG4j4J5wL10WTUSf6+/u/lXo5xbH8iSqVi2GybdNaGB3tQIC0JET8WjU+VlCf&#10;G9/GMAyj/nw2fOsp34B/l2g26kTKvLeX8Fc/Zcpm/1LnXr3x48d/z4v8BMd05mzvaDZqy4g0zdZw&#10;IlNwn6d2WbLqlkaH39UPEstreKaPpCnvAXG2a60O52SflOgwnVpRyEF0KpFcimD+6iKORFN2iTys&#10;874He8A39uHz/g3H6JEjR34zPhLDMGpBd3ffoizZxIR5bBE9TZ2M9vwk3o+BuK5OnFj/FZshhB94&#10;5gvxfo+gAbNkvzVkdKXybdzby0nCxxTCkdFstCDay5aG6pGe5fU872VPj+0ZXSDa4cAh/E5zgNYz&#10;BZVhdCwqPiAE9nMSZvss2yyajTpRKpW+m3r6yHu+vAin5pxbyZM8nBJNxqkNKQ6fEVSpbJU6/qMX&#10;GavPM9qNFgMCY1HUwwtVrEPkjdPAKF4yCkLnKzsOp+muPrj/lozcMOpFT0/PYp5ohiP6dTQZdURE&#10;DnLEf6dqte69bKO0FxHCBM83Q9Q8ynpth05vb+/3iKh/YKV6ecVoNloIDa4SkQ2JwmTP/BbqxGlv&#10;vPHGt+Nlo2DKzu3jPP1Zh7ajyTCMeqBDF3B6ZyGqfbevr2/RaDbqRD43kuQeiK9+7/0y0Vw3tHGD&#10;I90RUfNMCuHUaDbmnxGp58uJ+d907pM+v2g3WgT/5JML+xCudhLega8rTSbaIF4yGkS+RSTxPyC2&#10;z4kmwzDqhQqBEMLaXsJUVLqfR7NRR/KJ38xvuRB+E011RXfNIArH43iCOTswmo15kKa8HZ7TayTh&#10;AYjlxaPZaAG6EbRCmJ/mKLzhPb0EobebDbU3B+UQVsFzmeF9uN5yUBpGQagDREN2vvMyzfuq7X9b&#10;AES0rRf5ACJ7ZDTVlbFjxy4MwXeKk/A8BN9e0Wx8BU888cQSLDLOc/ZipVLZLpqLxuZUDo4ROu+O&#10;RH7tPL1BITyD44DRo0fb0GwTkc8L9/RKStQdTYZhFEW1Wl3aE7/i2Hr1ioI5O8oRv5emvHU01RXt&#10;ldIdOnwIEPR+y2g2IqNGjfpW6v2JqAefaD2o904mX8WESmURF8LxqchreX0UuSUNYW3LwfbPoDwv&#10;iLK8L4ImRj36ROfewbaJzUVtTnL/Q4EhwB/GM1oomg3DKArt1dPs/inLm7pAI5qNOpOS3OoofFSp&#10;VArpeUjT9Ic6RE/Mj6apbBHNHY+IrI578nKK+4K6sEQ0F8aoTz/9hgo672Ucjt6EeXMtE8659SHO&#10;r3HMMx3LTM/hZp1jpotD4n/tCHSKic4hxn3Yz4twKuFN3I8nk8QfBKFX93RFxvDQnjwEl9OIs8f1&#10;92g2DKNI1JFCBKwBJ1qB4PtVvbfqMgaYMGHCIl6Cg8hAoFtMigfdJo1IrvAhTNVt2aK5I0Gj8x0I&#10;q/HE8i7E3vaNWGwxHqLNOT5GtyTUnkTtWYyXvoAOQ+aCVORsTerrWd7Kf4qci0Z0He0lacd6i++8&#10;oSf+UL8rUbZLqVRRIW7+qUVIent/hDIqcHCkgWY0G4bRCLQHgSgcpj0HqJfW21MQec8N8SueeUI0&#10;1Z08rQ7zhQnxUxB8O0dzJzECgum41PE7JNlFeAaLRHthqChTgQaB10Mh64HQXyVemi/0/6u4w2df&#10;h0M4U3sCnZdXU5E5RJSiYT3VVyob4/oSWsbif2tJIIQTHZq1Ib/WIs/q4MM0ksA2/cAwmoS8tweV&#10;0vniRIfxL/+CBnmdlOQFHaYrqldJo+vU8wU6XKlbtMHUEb0kRJUNEMxMcczQWX5N7c2OlwrDuf7v&#10;ew4XQuS9hM9wSi1XH+r3wd9cGGJvNRwH6Dy/PJ0P0Sspy2sQ+C+nHAj2a5izwzWoK4usjp/Llko9&#10;i6mYarbVkBCquzqij5h560Y8L2PwwL+sCnX+BDHfP6a721J3GUazoMNDqTYOXp7XlATRbBRAtVpd&#10;yRP/WSQ7N5rqTlxxfUxK/ALEwbHR3JZoPjWIu+tywUPhyEb0cun8JDSAW3gv4jkrpZXKqvFSYahQ&#10;0oUMfX19P3TOLT/Z+4117huOM4nCLQj0HvYUIAzDDAjDFyAWX/zqg99CI/44ZdkuXzfcXCumT5/+&#10;Xe3x1s+G51Z476sxONSX6TxK5nBzIxY1GYYxD9D4L0YiN+JgONXlotmoN59+OkIbTR1OTEXOKGq+&#10;lTb6aLh1w/UpaEwvuKXN8o3pRukpV/ZQgeclu0tX/8VLhdLV1aX7D1+gw6sQVEdHc8uC+7gCgoOy&#10;I7m0VMnnzdUV1IktNOmxitKier2NweOc7KMJ+KlSORXPyVZAG0az0tvbu7L3NItILokmoxhGTJ48&#10;eWNNF5F6OTHaimCED2EH58NjnsNt48ePb4tVnRAiywwM08rvE5H1GjHsp+/pnNsoIXpR9x5G49c2&#10;w1gk2S8hvBLc50L2yk4pTMaz9NoTHU1Gk6C91RTCSfAhbyRe9q93L69hGMMk9vIcDwf+UqevzCya&#10;XBgw75qS7spQOa5IcTKwS4qMxaFbRdV9P956oT0JnvlqCOa30xCObpRwhcD7vpNwi86N03mQjRCa&#10;9cT7sCVReALl5SdFzOtD+dzZE30E37Rtu93LVkZFXsI8FvXtdZT5lWCyVdGG0QqgsVwKIu9eiI4J&#10;tiy+WHTY1rmwkWP5oyP5WTQXgvaCqUjSVZxoUHdvtQY15WxvRzTDh3D3pJ6e5WEqvNHReUkIlvZI&#10;iZ5zIvc0ari43uQLephvQzm5N03D2tFcN3TlZur9+NiLuHA0Gw2kXJbVIfSnpiLju0NYKpoNw2gV&#10;ysxr2Y4ZjUEFVghhSzSkL3AIo4pcCRmHYUaiAZ8B0feLVtiTMqlUliMKDxBnjzJXdh09ujEpRTTh&#10;chrCzQnxHO/bP3WNiOyfUki9VA4tYkhVU8Z4T+9BQO9pvXqNBf5hL0/0NgKrn9lwumG0KDrkhcbz&#10;eDjV5y23XmMoiSwLsfea9poU2bDled6ybDOdV4aGtct7v0681FRo0uOEw5kpy0zcpwu7Cko8/WV0&#10;gQAzb0ciH+C4s1NEiE7z0B42TeOSJEkhi7d0aoHO17PJ/o1Be6xJwj3O89s6/9QEt2G0OJpbTyfo&#10;x90bVoxmoyBUcCFaXk1XQSNyfqhU8BZ1eOZL4b1/qak0XJYd3kTpEnR4e1NdaJESpficg0o4XEs0&#10;5QcCom6dVwlBvGY0dwwQemfiu/dBaG8XTXUlIdo99fKXOH/Y5oMViA9hS0fhGUdyJ4JP237OMNoF&#10;VOjVvJfHiLIbo8komO6+vkU9ZxM8nGwj5kzi2e8OsfeUOvhG74esixwS5jEpyxzneFcdao6XCkXf&#10;V3Py5ekkJLuiU4evvK+sg7IRIAB+qs8mmuuG3mfc85Lm1dMexWg26sjAPefLPNEsBFYjbacLw2gz&#10;xumeoCL745iG6P2oaDYKpru7e6HU+8sTyjfg3zGaCyNJkqXh7K9HGfg9GtgDo7lQXAjH+xBegq64&#10;rJGLHCZOnLgMGrzJCICeTRJZL5o7krjKeRRx6A4F9bJpzxKE/seoB3vg1Hr16ki5zGtByD+tuybp&#10;Yq1oNgyj3VCRgUbtFCeijfzm0WwUjEbSiZefILJ+HcL7WJ0bFi8VQnf37AW8D/s6x1U4/buIaOV4&#10;qa7oXKCECA2NlL3PNhs1qjG9eN2ffvpNCuEA3cWERC6N5o5H5/A6KD0EAaehTBaSKxC+SLwEZ3PE&#10;6oP6FpTxGyGo30Rd378Ru8kYhlEwSVJdGg3tXYiiH7VVVo1DGzYIrA3y3R6Iflu02FOSanXpz+bu&#10;QfifUK8htDBt2g/SEK7WeUGesxMmNHALrL6+vkV1+Boi72WU/4YOXzcjKA8PQOvdr1M9oqmu+BB2&#10;g7j8a+xFNGoIRPQ+eI4vorzfjrq9gs4VjpcMw2hn8oUB3q/jmUsp0a3ayxcvGQWjz0L3lHQcfudF&#10;erO+vjXipULRITQ07oSIv6w9vbUSnXmKF03fIDJdg4tGLwRyRD/VBQD4jidbD9JXg+d1QD7ER7RL&#10;NNUV7d1G+e/WIWObM1Yb8OxWJl1pT9SPur0D6rOtbDaMDmREggbdSXgeUd9F0WY0CF3xCeF9IYnM&#10;4UplPyjAwiNvFT7OuaPQOLzoSG5Jent/FC8NCe1BQOM9yTl+UldyNrI3wbnqStqLh7I+pWyrzucK&#10;ysBKKIsTSbJrSiVZNprrivqixPm/lJJk92gyhkB3d9+ium+x8/4l+JIzIPDaZqs+wzCGgA7TpURH&#10;omF/QhPrRrPRICCEvuG938x5mgVnfU+j5tJoDjsIokshzp5zIfwUn2lQuxfk+bmy7GcoV7PSlM5u&#10;ZGOjPRmaNkSHBpmzE6LZmAfwDWfivkHv8Y5FrYbG+wX4IY6nxiDQZOgUqiM1DyUCq994P6Uhiy10&#10;JMB72R9B1Vt2NM+BuvWmF4E7tyC3I0HFXChxfDIiwOd9aP8dAFoBCKtlKN9blZ/WnrBoLhzdpQKf&#10;5S4ifg7O+wgVTfHS1wKBuBOcyiMIIO6DSFirkb14EMrLOedfZZFHbAL64NDe2JhT7xdFpQEamKtH&#10;f0djVPdt2NoG1C9BnUNj/rROvUA514ToDalzmpgfda2EQPUN6ukpZH6nMW+ccycjYvu3HnsmnY0O&#10;0cHJXgun/ni53LiEtcb/oL2tFMJhzsvznsOVKsjjpUJRoQaxt47zPAFi7zHnvnrLKhWFEHmj0eA8&#10;is99cKMX+SB0vc5J+IuuLMapTUAfAnjWNxKFyZpfL5rqiopxlsyj/DyEMtaQ1dgtA+plPvWG5RE8&#10;oyeIaNtG3TP1EWg79nCkO2zIr9R3xUtGg4FP3p5Y/s2LHBRNRjOCBr6QYS9EhcuiMNyEhpoQwTdk&#10;QYDxz+h8qYEo2U+janXdaC4cbUS0McFnEbTE/XDmu6rgU0HniI5H2ZnmSK7S3sj4XxoCRMnGzoeX&#10;nKOH8Hkt4/8wwDPeDo3Ec8zZgUXtk4zys4Mn+jPeu/D8kq2A1jkVeNrbqgIP1XH7RiUaV3TVOonc&#10;p714zJWGjT4Y/wzq0Nae+UMETidFk9GsOOZqUSkgIPBW9Z4n4D0T7YaPZqPBaE8HnsmBaHRfc5Ld&#10;qPNg4qXCGRB82bZoZDIEBc8R8Sse6g9OvqE5Gbu7+xeC0PxVKvJmSnRAI+9Ru4CGYnFP8tsyyT3l&#10;crmwnn7tFfYSHo6nBtBeMzyPzSGEe3VOtU6RaKTAU+AHdnFe/oLndXs0GU0CNMMS3tOfSbJfRpPR&#10;zDg0pM7x7+JpvRmhuwMQSRcR3Ws9Is2DOnqdSIvo+RY412edk33ipcYwMKS7pvb+Nnr+G8rpBvgs&#10;byN6nYDG0IaNaggE/QEIMkLiZf9x4/oLSX0CEbNP6unf8Vwb1oPdLGhPKsr0HvkQLQSwSLXhAs85&#10;932dh4vP9KZO2Yhmo0lAO7EK6tCzPoSbi+qJN4aJNmKo4K94DpdFU91xWba+1833OdzdqHkfxlcz&#10;GqKq7MNuKXNfSvSgq1ZXipc6jnylIdF9xPKuC2Eb68WrPbNnz17AE/VARN+ABmSpaK4r06dP/y4C&#10;GoYPGt+pDZWOqOD7/4Q4expiG9WdN2nkwqbPSD1f5oj/nbPsKA32otloEvJyQ/yWtg3NUF6MQZAk&#10;yXqoXH9HxT8xmuqKNpiI2rahEMhJuAUO/gfxktEk6EpINL4XoBGeAbHzMzyzjkp6nfdyeHkVAdDN&#10;XV2N2yu3E3BE5yWe+pOEN4mmuqNz9RzzH+B7doimjkD3oXYiV6Bevwixi7iusmq81FDwLHaFgHjd&#10;k9yHzzis/JpGfQj9/Ut5Cb3ey33jx/fa1KtWBCLvUFS0v2mW82iqO6nIFnC4j0FI3Gk9e81JiWg1&#10;lI1xqODTE6K9dLJ2vNSWlCqVJRLOxuSrkVEXGj2M1QmIyIYQHv1o7E8raus6Lcd4vykpdcZcPdzj&#10;LViyUsr8tKNwaqmnpym25uO+vhXQBlQgHp6d7P3GMFkvURMyMLrBz+kiNBuubWGi4zsZ4ut97W2L&#10;5rqiPXtwPNvhIO+zm5rF+RhfRJ9TCGEbCL5exyKT23RuE1G2u67uiwtSLON/QWgCbOZwHcrXw8y8&#10;VjTXHQj5fTVFDvzd+tHUVuh8Uu/5dDTQLxOFyWXKtkW5boqtyu67777FIPBu8p7eZs4OVx8TLxlN&#10;xkTvl3GcVYnoXjyzQSW3N5oQrWyew+Upyx/xeyHzZRREclvqcn44pjuswjcvA6tzK/tp7x4a5bHV&#10;anXpeKml0QYxpZB64hd9pbKxlcHigejaEmVqakpyHO5/IdMEent7v6dJgBHcPjDq00/boqc69+G6&#10;+w3xpNT5V50LP2+moVBNl4TnfC4q20ckcjE+r+2R28RoHWGW2d7LeNsnuo245ZZbvgune33KPLOo&#10;SFd7E9HYbu6ZS3BSd6HyFyYyjcGjDTEq/olxDtvdEIBLxEstB3M4xnl6G9HqRV1dXTZXtIGg4X9Y&#10;ew3gC1aIpnqjK7t3SCW8D0FUyChGvdC9llEXR8GHvuw8T0xT2UJFX7zccFRII5g60hF9CN9x04QJ&#10;EwoZojeGjqY80lQ7qI9jUJZshKPd0CjLS6bJjV/v7+8vbBJ+vhrXSxkFa4It0Gh+IPAWQcNyjmN+&#10;k0O4usiyMlx0NTE+dwnHIz7LNrM5oo0HousI72mWzt2NprqT75tM/ChxuD+aWgYdRkP9O91riiyW&#10;R1CWD1RbvNwUjITYhMA7zHn/HkT8QxbEtwY6WoNy9XZKciv8uvXktSuq4EWyu+A8noSyXz2a6473&#10;1TVJwj0UwqQ0y2wHjRYAwnxxR3KxrppLOVzdzNG6NjxocI5GwzjbiVysObviJaPBaEL1lJhSz5dr&#10;mYrmuhLnJh/iiP8kIoX5uaGS9vXpavgTEIQ/hfL7e6JwfFdX8wXFo/r7v5V4UeH+tg77QYDqjja2&#10;0KIFgH/cCuVrDkl20ZgxYyxvaLsDZ7ugZxnrJLxaZIOIgrYyc/gNs8Cn9RQ2OdsYHtoLiwd2lid6&#10;Gc/wzkqTJjvVck3V6kiIvSdTx7NJ5Cp8Xk3ebQ1Rg4HYOheNDP7x5kUNPXah3ELsiRe5r6j3HAS6&#10;Y8XiKKNnpCIzU+bHE5FjS5UnmnK6BO7fQt7zOQj63nIcfidTpy4Ls9WrFgH1byftySOSM3ROdjQb&#10;7Y4KPDiaOxA9PomobM1orjtxj8NL4PEf9yHsFs1G8zMiT5sjwaHhFN03M9qbEp1grMmQIU57ENS8&#10;q2VdN9m3tCqNAf5meTQ0T6EMnaujCtFcV/I5wpXKHt7Te3j+Dd9PdeTIkd+sVqtrQnxeB//3svcy&#10;FeLuCJ0qEV/SdGiQp4srHIU39HOrOI2XjBYBz+xkXSSDn7ua/+tAuvv7F0Il/i2OOTp0EM11J+8h&#10;gsN3LFPSEI60eVTNTZwzdI7z9BJzOF9X2MVLLYE2+NCm63kONzji93RoDE7vwKIEhzGAI7lR5+qm&#10;aXHJfLWspsx9BW4H+XlGaBlLvN9Xv3culijcr3NHm31+lE6v0Z7QlHgOhfDTZhajxlej81R9CFci&#10;2H0GgVbDt8AzGog24nCEo1AYZqDxKyyDvQ6lENFhiGyfhtDUHRos9UWToQIpoWz3lLPHUwkPaK9M&#10;vNTS6FzDUK2O9BKmovy95SWbqDkEbXJyfRGpbu8kzES936uo5KwDfiYcnDr/EXzdOtFcN7QMIZDd&#10;iEO4Ht/zdYil6S6EU0siOtTZ1MSAaCcEQlM8hScSLwehTbC5XC2IijwENwn821MohyvDZMPsnc74&#10;3t7vQexdRojetOcjmutOFHu7wBk6R3SLJnCMl4wGoxF94nmMc/IIInrdOaMto0Hd19H7KcvodAJd&#10;GQrH+HrCMk5FgQm/2tLT07MYRNf98DV3FFnXNWF7Ah8DPzN2DBrAaK4JOt9pUhrW9hx+Af/5IgTS&#10;DJSlK9SPwr+1RC65PAce8wUQeLMd8/3wyRtY70/rgkBjbZT1qXimY2JOVBN5xgAauaFBPxWC63XN&#10;LB/NhUBUXTdfwcUyEZ/DFmk0EB1WT0nOIM4eJ8ku0TmV8VJHoMEHBMnyaOwuSZhfJpbXdF5imqZb&#10;d3f32VDvMElDGAkx8QjE3t5FTQrXZwrhvpsnfrdc9kPeClKDAh3CTKiyFfzVTRB2r+fijsPluq94&#10;qwg7Re+JroaGIJgIgfcmxOnZmoDZNrRvbRCY7+QQsGqZxDM2f2X8M/l8FqLjnPezEAEfWmSl12if&#10;OYyC43zc+2KFpjGQNsH19GwzsJOEPIznv2G81OmM6O3t/ZFUKgdBoFRVLCAQegZC5YJyubzWOOv1&#10;GxTaU5QQP+VIfgWhUdi8YDR6C8G3BO3liKZ5okIUgc8qInIKBJFuE/gmizxCJMdVq9WV4B9bbtcN&#10;DeTgZ0/Lex5DIATWCGBsF4t2AO3m+boqmij7sT1TY66oI0bl39ETvZ0QnRfNhaDOGO99AhH1pN6f&#10;q/MH4yWjjqAhW5YkuwbO/xk0aEfgOdh8ybmgK3rLzGs5Cj8tE83Id+Bgfhzi5aIsy9aw3QHmTurl&#10;XObsKc2tGU11R/2a4+wQfVYo7/+UV0+H6TWvqPdyovofiPo38UyfgzC8VocyW9kX6XxIBCc75AtC&#10;RJ51RD/Fd7K0Q21CgkA0QQCjgShXKpvbsLsxX6hjQFSwLcRePxzCr3VYN14qBOaKCs0eOKQ7ITos&#10;43qd0N4oCLtD8YxfJJFbxo8f/714yRgkWkfSSmVVCILTteymEt7UFYtoWO+BA94vSZLldBvC+PKO&#10;ZjKEk/MyzYVwvO65Gc11pzuEpXQPXE/SBUG+C8r8nSnLTE/8uvdhGs7PKzm3vmYjwMtbWgRpsIZ6&#10;vbL6UJTH1x3x7bpDkU7Sjy8x2gA849Uca4Jtur9UKjX9gh+jCdFhCzRSUziE7qLFnq5SQyN5C6LQ&#10;XkSjO0ezUQN0SN65sBFxRhoF6jBtM8zN0VV/7TRHSBvbPt3xoFLZGGV4VKq9fj684ZlfoRAmQ1ic&#10;kYawdqlSWaKTelG1xwEBxk0QXd1EvboisBDy9w1hB/izKzXH4oMPpj8savVvQYwol8srolxdgbqN&#10;4C0wfOhORc2FNIoFPuQkiPhXHIdjdEFlNBvG4NFhPTiLOxMJUydPpg2iuRDGer+wpibwEnpTorNt&#10;SGz4IPJbEkJD0+noMO2xo5ugEVBxh0DiKJ035Fk+wOe7A59zgzZrhP8bFbQ6FKg9LnDWB0Ns/wZ1&#10;7Pc4XnWe3tD8kk6yK7QnsOT9mojUl2i34RiI3q1xPI3veNQYS+ExZLQsTUiS5TyHy0gXD4kwytWP&#10;bdpL+xK0Z5rCveonJots365+0iiYfAJvCJc575/nSmXHaC4MOK5tIQAETuwe59xK0WwMAl1ow1zZ&#10;j4gfVSGlAj5eaiilkl9zIJ2JODT8O+pQHumqRs4maILZVORW7X0cPXp0p/RKjJg9e/YCWufQWOsu&#10;CscgYr8dIvARCOGXdLI17te7eIZPQajfpSuk8Sx3ShJZz7me5fv6+hZtlVQ4LBl0LI/R4COajPlA&#10;A6MQ+lZBGbgcAdsMlJEpCIQP6O7ubvkhZ2Pu+BC21KFa9eF+yhRLR2bUFu3+d44PTDXdhOfzo7kw&#10;dMs2FO5r0dBpA3eQRrLxkjEX9D7pwgHcs7E6dNgsw+Dai+OITkIj/4SmcZn4FY29ChYImA0HerzC&#10;qymFyUmW7dLpwxTa0KNRX0AbdhWEutMEc7a353A+nvN9aPR7BnrLdP4ZvY7jPWL+BPfwTe/DdKLQ&#10;DWF9F3O4EseZuL+H49hV58ZSBSK7UtkYf3ejzw48I12MsGZJ53xVqyvp72r7/Gv0YOat8/QO+Ft4&#10;zRE4P02fLd7zNp0XN5CgWl7D9U8gVj9A4PYuBOxM/N9V4lczvgb1v1oXcE/vQLD2Gp7pw7jHuxU5&#10;x9FoHHkCZJGrUK9f03a46OF41P3VEGj2wHf0D+7gR+FrKo74fvU5BRw3wQ9eqH6t3gd87SmaIQTH&#10;zvU+8nULWbbZ5/2t+uD4eGqLdhGjoG0HJ9MDhz666Bxr+ZYuIvvjqDjJfp006eb6zQKcwSKaG1HF&#10;eUrZJRAITSGOe3p6VoMTeMjBAZSJtoVpnr0Qo/DZdS4bhOqVmv4HIuZJR+FUoqlLttO8vnqi90mH&#10;gFUkag+vigSIhYVxvigcxw8gIhb31eqa2msAJ7LtZwfsO+I4BPXuRC/ZKRCVh8O+y+dfo0cuBkul&#10;JfRvac9i/NsL6Xtpw6TvbQHa/KPPBQ3XoWjYq47DbDSatyPg3ahVemyN2iAiG6LNzTzzhERkvYLr&#10;0IjE+2O9pz+gLTlS6/BgD01Sjp/fUT9Q7wMaZUH1Oep7iji0A0r9Xb0P+NcluVrdBO+3DWfZySTh&#10;P1PvT4zPqD44p1E9TyTmR9EArBDNhYEvvoqq95SYcLN308IULxkABf2beC5b50PtItBHlSXipYaS&#10;BwoiZ6Pc6Crfs4ezylf/L77jHuoAES1+CCc4Rod+1aHElxhGS6H1Q1ckoyxfr/PtHPOTOE5GA7aE&#10;BTOdh2ZFgI87C+3c0ygTZ3WhwY+XCkGzBKCdv83pgg/nNo1mo4F4r0P3/JaWi0J8QldX1w8Q3Z/r&#10;iV/EGx8SzYWhXzKlcDQcoua6uhLOsKN2cPg6tJcT92MsBBCeS2XXaG443meboZwkOvdusq9sXOOo&#10;dERSrS6teew8ZS8mTt5MU7lE563ZRGWjWYEP+waC1hVRX0/3Io+hzr7tQ7gZYk/3XbbgtYOBsFre&#10;iXgcU7qd2yiaC0N7kxFAv+K9TLVe+OZAt3L0LH/SnLeFPhNNHAuFuS8cVD8a2Wu8f7LwlV6anwxR&#10;x1goXO1dVGHTkZGvdldr9J9vGi9yabPM3dFtwxyHn+v8QBfCmTqkFy/VFW0s0XjehEb0LQQj76Uk&#10;l5A1oEYDUees6U9U2BGFJ1KWj1EmH9TFNDrsFF9mdDBaRtCOnQ9fPttxdnLM6VgoKJsHox35C8rp&#10;hSMteX5T4L1fJ9F8tyHc0rBMGXBUq6dEk/FhKjJ1auGrOVE5FsgLp+NHUDhv6G7AcHKj0GHahHkT&#10;3d6JmAMCwH/K+t8IYm/FlhqV5luqJY3dUg2fZW2Uz5ud868iUv2D53A9yu0WuH+2VZBRF3ReIsrY&#10;eiLZJRB1L6AivEck9+nEag2S48sMI0dHPQbm4v3/2zsTaLuKKu8b26ltBRVkUmZkVOZ5lHmSSWYQ&#10;kFFAFFRkEniMIohAmMMUICTwXu45VXvvOve9lweEMUwBAoSZMCnghN1tf92r+1v9rXz//01how0S&#10;QvLuufft31pnvaTq5uXcc6p2/XfVrl02AYPpGrTtuWpYGDt28mfE0q8whnKT1Ca52Gkzs2IBMW5p&#10;uqztK1StgEGz49BQp8Vo++fiYSXGSYvFVF0Mo3pHCeHX7V4yPL8FNaWeEOML8P72y8VtZ1aKFDuZ&#10;y/oQoQfXceqf7RVe89G4v/thWP+tVJXWZoMYPWWB86FhGx+P/lhK9S0MlOPKYK+FmKbBJp5dltXy&#10;HmPnvB99Q0PzF2Kn0BYFke9yYM9VwwZDXzB2PyOSBupor0cqMjjIXKv3wI5cy1W7XNxeOKUIT2Bb&#10;VZvEHWIUIrlqWBEeb5S4tVuuwT2s2G0NN2+13zZEew1GYUydliOZZxGCaZANE89/uVxce9hGWh61&#10;6pWtQHiRt/HnCUWMO7r4c/4WOgqwLdtETReWll6OUV+NWo2Fw7WrbwhyZgfO2DHdFeMzYXOub7zH&#10;GczDAR3cUu23Zs393SGpD8yaEdSm03GspU3BAL90FLs6xHgXl8c+1obG0+pEqieJ2tOcuWmHlzQP&#10;GKVDQ0vg+yR4X1PLslw+l7cdvPOFcZ3J5fMQwn7dMpsqUm2BdnQp25FY+jPakYk1j+qNcWXf6NH9&#10;0IlCe15KJO2FVz8+KnP/pZeDphu5ajAwMOCbwJwPDZ1HEbuhVH0QYm+rdkxG3FwUC8FmT8T1EGOa&#10;UeQiryY0UlqmFL27lNZM3rDEtc8RjE9BA9oL1+Pwdk9t16AIz3tJCKNxhaR72KE6NRhfVT/L5LP4&#10;Li+J2UF1maXkey3LWWlO4BleCwO2Qq7qWtCml4b4+zEGfsW7+B0E4Bv4+5W4Dsb3Xxkd0+P+Ogw6&#10;hrQVwiPpzC4P0R4Nov8SaTdUT4VTtUGn2g6nPnBcZLaKEGVaEDmuXYN4VVUboV2/WWq60O1VvWCb&#10;4KoSxpebOyIhOqeBOfBxWppCoCh0nVw1rPA+4Dlt09rpJummThIjHIAajbgpZ/D44iEyanNcVCsm&#10;KfK0kta97ZOLRyQUvGxXZYzHBrUJcG5miNqfQ7BJ3JGOnzvwBIv8cadm4N0tFqUaCJJucUHnzAtC&#10;s7lDtHQvHWKeVoSi9qx0GcYRzkynxOTbHo9XI+BQLgtbdJeqjum4lHEhhC+I2VEQKfegkR3bLpXK&#10;JLu4h2PgsT+Mn6cURbFQrqojFMmLiabrS7XpjRhrcXQZoXBGQ9xeRO8OQS9LKS2Sq5z3gDss8bw2&#10;gwf9U7zPvoLemui/wat/gUZXtfpxjGkrzhTi2brhbQM8kq80OwhOyzQY25VyseN8ZDD+fQN9+xZm&#10;ReCEQ7vO7TazbQvR54Kmn3ve2frBcRQ66bFS08UQ5PXYeDEn0IOAyMIYpwkNf96c0zYbhIGBxTHw&#10;XsrDocuU9q3bQ+3p6/sUBMA+eFC/hzjoycW1YFYesHQhDNZQUN3JZz8+GvSo0RYXhNDblLGk6BfX&#10;oH/cGWL8DUTHv0LsP1WKlKj7OYTI4VJVW3PmEFc3xJzWiVEU2jEafKp0MTc85XLHmSM4cGO8Ow92&#10;/H44c4cxuD5XDSu4jy+iXV8RJU1txLR5j9vs2kFnIIg8hLH1fC7d5uLOhUH6ZWzt8nkCX+rUdgbt&#10;tx6uaoHLOOPSLk/rXYwqq2p5GIYnMchPbpdheC94HE+05m4Qx5NKsYv8nOHhhUvDs5KDp81DkENh&#10;FM4U0ev5PvKGo39Bv/p3tJtX6cCIJPzVroaHeA5jgSSl78SUdhSpeC7tKhTsPN1mXi/dsA3zviu0&#10;67LUDfD/Q6jaPrifH8CJOX2Ww6W9Mcpk/P0l3Pu/iaX/B6fwRq4E5F8zLHDmFfeye8urLst1c7Hj&#10;fCjohKHtHh2C3oc2fZaZDXtu2XdAe94S48kM0XSJO4f1JMb+FfCOnmeqtI6eyXsvKGhg5MfAy5jM&#10;xpiL2wK3uIdod2FgHDtRZFUMfsPu8TB2Al7fdRiU34Jh+GYurgUwWotj8GMizfuLGHfOxU4HQCFH&#10;wQRxtxw8+7W4RIx2vgfe50H4eSycrR6KQVyXQ2DdwAvveVxUM4iuO9g/P+hC/+2HsLzlnX+P33U1&#10;jNbP+buD2E/w/xxSRNufIq8hQqG5HMMm2Obzbf4V+H17w/D9Gv2A6SaGNY6JbR1iWSFGf5mLHGe2&#10;eMdRiJZuL6KOyXF4bYGirkAXRj9+kkdBeixePYEG2hL28jn8PBLXZ3NxdzFlypR/hGe/F5eqROxX&#10;7fR8CO8FRv5xzjJgUFxmuHIKoVPujP/31xgYz63TLhsuy0J87goR/DAHvjrNMDrdy623hqVC0Emw&#10;CScMt/GjR43B+nu0A2loaJlc7DjvC9rMp2Antw9mk+DUhJjSermqLWAc+WGw9FrU6vvX+SxebYFT&#10;uVMQ4XnCh3StyHs3ecboPHQS7jZpaw42zjKwo8Cpf57ihktc80rw8ag2GgdcjBWsVQA4Z1N4XBPe&#10;yWCpunE7ciE6Ixex5onof7f39saVh3M2gn0djtcKcD6F8VUeg+q8H1z5wXi1AcMkGLPMlaFc1Rbg&#10;iK+BtsuVqfGxv3+FHt/YVVtKs2PgTM7gKseIy8fK+KHWMpCmPhFZdbhm1N6LdwRfqfaiWHUBxejc&#10;uh9O8UPYnojB5I/olAfm4lrAGUXc0/4wXHfjOuumslwgVznOsAFn78voey+XYgdhABvW2Fl616XI&#10;dyD0HsbAuXYudpwWFHgizfVhJxu0k0yd1M6xqre3+WW019Ei+phWfjJLneE+ADgEp3JyB1pnS84G&#10;56qRBY16jHowE5ZyKbPdmedbgq8Vy6QvBQg+BpZ/lE7dilFSY4JdHmtSq9kCzuLhvsbAeN2Jhlir&#10;OEFn5FGgLXKzCXcN5qJhgztwYYMGg8gFucgZ4XAsKETWj9EacNLv5uamdsa+tUSDNfePIs8wZQrz&#10;muYqp4ZwvEe7uR7j64Nl2VrB81WyvpQWgeg4H6LoMXSsA9nJclVb4P8vZsdxlkFTOn/SpEmLfRjB&#10;10qoK2kgir7CpaFcXAtmieu4DwzGNIjr0znjmKscp23Q2YDYeg2ia6Ph7v+MbSpFjoJRfkQGBjrm&#10;zGZn7sO2ZwMD66I9TGTSfamqb7V7c0MIYXWIhgdxMVWZt8+ao6pL4FVxpfIWkYHl2jkDXDvYmcxs&#10;NcYc0LPHn9s+y9Tq9GbHMrM4hN8FRX//oij+uy+tUGVw7B8YdIl/X6upWgi8lWctlacBfK+v52LH&#10;aTsYzL7AwTVouhL9ZljTDtAQwzivCLsT4XCe67F6Iw86vEVRbA0HuILtvqvdM3ikLMsFMO7cVlp6&#10;opHS5iMuvqsDKZvNZaOlKbBjl0Ho1eZkq9rBGaeguiuXFEuzG2iAc1XboOCDAN2nUHuuTOkmelV/&#10;awQwUK0FQfgIYzkgotq6o/hv4SCK5/i9GNMU2LGfDPdA6jizQwi6X5D0ENrpeuxzuXhY4Ek6sDsH&#10;cOaEfTkXO10OY9xgG7eH3R6MkiqMOxvnqraBseUTEHjnwPF4UVI6FA6676btADj7C0fhKeYyhf3q&#10;/ETIw0Hf0ND8aOxHBbP70PnOgrfF2bS2Q08PL3Mqfg7CQKyJAWIhCL+rWrETIWw73APU34NitDBb&#10;Tc0mcNo/Nptr5CrHqR177rnnP/CoOPT7U9oRUsBlFm4QK1TPz0VOl8LxJaT0XQi8KRBS42DDV8lV&#10;baWMemTJpOjoA3nM82W/mtOKxxNj6MeDpci+0AXdnz5lbsPGDsN/BgWfpnR0XZQyjMPaMA4DovbP&#10;uL+z25km5r3omzz5cy1vkLl7zI5t9zKE48wO8IZPQ396jrPQuWjYGDdu3HxB09EQe/fBziyRi50u&#10;AnZ7sah6eusMatWL0c4Wz1VtJUbbmTlMMc6NbjQaX3N73Rm04vFTupLxvaXZuv7ePiIMkoZguQKd&#10;834eq9b0hL7vC4zXN2A4bsfzUjwnP77M6Rj6QlidRybCidqrDTFJo2JsrgyhV5RRe/as0ey889GY&#10;OFFWQZu6hRkeJDWPGBoaqsWEAZeKYadvh1N+W6yqtT0+tHOgIIetwFBbja2qoeV908VcJIS0Oh7s&#10;BHg+d5Qi3/Zp0v9hVvBudQKezaMwHgcy3jFXOU5HMCs+qbpaNMmECROGPZiZ8VBaVYdFkXtoa3Kx&#10;04Fw+d/MdsA7nSJMIxVCbXKZpZQ2bIXTWBqUqtrasx90Fhhjv8lNF1HTWRN808W8A0Z4LTXrhUd0&#10;Jzy1bzOYOleNOKZOnfpJCN6NGV8U1CbwSLdc5TgdBwbm9RirVxSyXTtiXnlyDdz0wSB2Zi5yOodR&#10;GA8WxgD80xDTC6XYDRB4S+W6tjPr/GcIPJEBjF3buMDrLDhrh7b1o6j6ZBFtD59MGSbQideKEHyc&#10;4RuJgo+JM9HoTsLA+JRI2jcXO05HI1JNRru+rh0DIWzKF8Sax0Hs3QubsnQudmoMZ+rKstwAbaa3&#10;DPoEBN5RdTpLnOmsQko3lpqk1OY2LhA6j1Z8p8jVDIkKIW3Y0+PL7MMOd8CK2W1B9Q5cu6Pjd3UK&#10;Ec50wHisGyw9CoF3y3333edb8J2uAX147yDydjuWRRhQ3RfS6qWkMoidweXkXOXUjKIoFoK4+1EU&#10;fRzCvBfjwDp1iZXifTRi3JTCAAKh0mbTZ/A6FNX+NRn3DntweaORlszFTrug4EOnuo1LuhR8dfLq&#10;5hbwBr8MgfcrfM/HRWSLdixvOc68hMY0xnSXWHXamDFThz1RLGP1glaH8XSEGD0tUZ3g7B2X92ed&#10;PiTTJKUjent723p85rtpLe9R4KkaBV4JgeczeJ0JnT7VdHSU6vGg6YDeKVNqlV1jxIOOtgZE0C34&#10;OQVK/PB2nKE5t6GxwOC3o4g+CEF7KQVfrnKcrsPMTgzWWj7lsU/DPkuD/3cV2I6miJ2di5w20TNz&#10;5sdDf/9SEE89uF6KYuMZe1endBbcMatabU8BWoomF3idTcvZVB0DZ084M+s7omsMY2yC6mW4HmDG&#10;ak7156rOAR5i0Wx+FY3uUqYHCEG3zDWO07Wwr5bR/sAd5O2YtWasHoTmcdyxyVQKudgZRvDe549W&#10;HahqD8Bpvwvif2fO6OXqWjBrd29zD9HqbrTV8YXqOr7c37lwRhb9fhO8y8Go6eJG8qXajkFVF8R1&#10;KoTf1CB2Ab3DusRy/D1o1Lj9nklkS7OLuMM2VzlO1xPVxga1O9oxuLcMfmI6J2vA8J8xxvvesEDh&#10;BFu9AQT23biehoP7/XJoaIFcXRvGtjbt2DG4HotaXVqW1fLtcEicuUdrvJXqNLS7R6AV9vIZ2Q7l&#10;5sHBf5LUPFTUHsMA0gsvceW6Cj40us+VEeJU9U3OSsKbrdUZuo4zr4kxbR5E3+Luevx12Psp+2CM&#10;dggDsSeKrJqLnbkMZ8Cqqlqb55vDJs+AuLuYznmdlmYzo2iHcX/nh1Q9yxhSCAJuGKr9pIHz92H/&#10;xjjbJ5ZuEGmuWsO258wuo0eP/nTQar8g8hDzZOVOWmtg8D6LBrgTrjvKoNOZI6pOwceOM6/gsWSl&#10;qmhK1/e0ackONmJVOFuC+zg1FzlzAc5+QTR9DSL+xhB1BuzcmMLs67m6VjA+q+BGv2g3l6KPQOgd&#10;DEHqmQ66gLGTJ3+G7xP9fLJibPXY9w4n9vevoLAsDLBmp+1AxT4KxnF+NMhdOLUMQzONOwN7vWE6&#10;XYxI2iWIPqPaXCcXDSsDAwNfaiXgNZvEDQC52JkDWsvhPKJR9UrYsNdx3VqW5bJ1jWmjo1HEuA/D&#10;B3CvKaa0FQVqrnY6HIyhi4nZtdAEg3i3m3ZCOJfzPjDFCl7oL4Okp6LZPmPGjOmKY9N4XiMGwb2i&#10;pMlR5KlgzRM5Q+mN1ekm2J7LKDOCVae1o23TIVTVdYJqgUHhFB/oPxycDYP9XaEUKUXtDdjga+Fv&#10;f73Odqq/v38pCPtzmKeUsdFVVflZpl0E3yXGyr3QLqcEkdN6e3t9sqRT4cvkbigIoYfQac+DJ7l4&#10;ruo6KGa5aaPlmYg8E6Oen1JayeMMnG4ARvmEEO21domsZrM5H4Te0YzVK8xWy8XO+0BxF7S5Jd5b&#10;hWf2GhzS67mLus72CG3rU7jfLbhMj3d9HwQpzwufL1c7XQLe8dJltCuiJUW73I7hXLnK6TQY6xHV&#10;JgS1yK3SY8aMGTE75rhTKKa0HjzoG8pgL+M5MGP8mr6DyOlU4KStHmJ8NgQ9IBcNOwz34PKdiJ2W&#10;i5x3gXf0BQyie4YIR1P0JTE7ru7xTpwMoAANYj8JMT1bSrqpKGw1d5C7Dwp51Wr3UnUIQv7naJtf&#10;zVVOp0EPDJ32RHj/UwpNR48f3/mJkj8KNFj0YLjxhFnk4V1PwUB1UDckkHZGFgzWh9hrwmDPn4uG&#10;lbIsF0BfOgGDRD9+MonziKZlWwYHl5aquiiIvMUBVFLaZfr06bXKc/de0Ok1s00g7CZG1SchSo/q&#10;7e31Uw+6FOahpf2QVN0TzLZFkS/DdyLwzP4hprQ5jPAdIno9Y0JylfMu8Fw+H812C5buLc2eE9VL&#10;ms2hNfj88kccp5ZAXK2CQfmPjRBoqIcdChv0mXWZVw+25mcjMVN+jnfeDTb2bjiOr6rZWIbEdMgM&#10;2CiedgCn9xzYvSfRlsZA7HEZ3gf9LoV9VCR9lzulORPv2So6mJTSIhB418PwPGTWvy1Ei0+7zwaM&#10;d2qorhg1/QLC70UY7QcwmB4KQ75Y/ojj1IrW7kdJN+W/Djvjms35NKWjIfZuZzLlXNy1UMBNjHFt&#10;SekS2Ijf4nq4lPRt5iPNH6k9dG5DVe2N8WEqvsc9nHVkUuZc7XQpFPHopxOKCMcsxvW4TJ+rnE5i&#10;VvCsHRPMnsD1k76hobYs6XQLNIjoHDvEVseQV/Ez4Lnu4Mu8Tl3AIL2XmP0XQzRy0bAzMVZrM5Bb&#10;NZ2ei7oK7jCFw3ccnOcXg6QX8LzPCGFg8U4aKGfFYzW5U3pcFH2ViY1p33K108Vw1i6q/hQi715c&#10;xzJ2NFc5nUapulmINgiDdBO36n+spkYIxmWFiRNllfzXjoIxSego+0PsTYpqr5RiN/BwZ+aWyh9x&#10;nGEF6moJnnuKgfuMXDTssF9oSj/VqordcA7mwMDA4iHId0X1kdLSy+jvl8dmc41O28DGlRyMBV8L&#10;opfgeimKXBtC9Y1c7XQ5PT2TPxGCfRNjlVEXoA2vnKucTqMvpUXgYV4AoXcnp+Nh+GuZE48B4yLp&#10;Gu4+i9Ga8DD+RTRd39vBx5hxkC3LeGyMaQq+16/Roa5D2WbtCo53RiboSz/mEmK7RBYFBezPxkG1&#10;UE3H93TYAfZ0PvEMv99ahlV7GfbpipAG1+IsWP5Ix8Cl5f7+/kVF7DiIuxl4J/3abG7Wae/E+Wgw&#10;fAtt+nwIvYdD0L1zsdNpMKYihMA4i8mtmLIa58SDN7E+hNDvo1VXwHj+ZZMDhOk3IP4qEX0b3+Fc&#10;eJ8dfXYt0xJYVR0o3G1n9ga+90Rce+I7L5I/4jhzHbSvz5VR/lNS+k4uGnYYzoCB5UewR1Vdj+0i&#10;U6dO/SScsTWDyJmt9DRqL2pKl3FTCXee5o91HPhOC+L5/xDP/3F8p/tUKx/cRyDMgVeKHRQlTQ1i&#10;5w0NDS2Qq5yOYubMUSlNWinnxJsUzDbJNbWjNQCVMjFGmUGvORe/F6PKUjcrxBQC6Xdi1Tnjx49f&#10;MNd1LIyFYEwfxN4tELO/xvt6gKluOBB24myBU1/Qb66O0e7Nf20LEBsbxJSqhtgJuajtjKcANdsN&#10;13ix9PqsAVB4Ys5ynTzLxfhAnl6A73EE893BuXwc739/7gLOH3FGGBND2hDtu2KKHG6M8s0WHQqD&#10;Z5nGIIo+LpKOqPNOqVJkLxif1yF0Tvww98mlB3jW6/MYM4o+zvSF0N8V52lyNlMHBlbEOzw9YMAp&#10;1F6PlgIM9D5FUSzK+vxRx/lQJKZSSum3nJnKRcMOZ7RL1dNLUYGTM+x9ljtfY6zWVk1nwbl8Kqq+&#10;FDTdGlR36pYA9N7egS/BWTwOY8E02NcHebb3SExr4/wPEPtLl2IXhWh3oa3vN2XKFM9/2KkUMe0Y&#10;Re5BB7+iHUZ0dsH9LQbvuQEje//EGNegcMtVHxoKH4HoK1QnRIXos2psjP0r1HWjyZzQmmpX3QbP&#10;61JRe47HWjGWER12195ZWfTdK3M+EM6eQ9xUhcj17eof7Ovo/5uGoAUE14/npQDhMiuE7VpwJE+A&#10;43s/Z8wx4FWwjT/gwPdR7E6d4KwMQ1o0pePxPV/F97y/ZRs8mfGIp7VixGMI0SYwfvTk8cLpRMqy&#10;XB4vcQzEUxMGbLva7vyCQdKq2h33+ZqYnTx28uS5OttIwy0DA8sVZteVkn6DBo4xTbbO1V1FmDyZ&#10;S77b4llewSTOpabWsW1cmkHnXtxn/pz3wprN3Zj+g0eT5aJhh7F6QeQnQc3mVqwe2vv8qs2NpZXY&#10;1x4JUV5F/+8Xax7VSGmZbpvRoq1jPk+8y2tKS2/gu0Y4g9vnameEMxpODga/7TBGNKNVN6PPrZSr&#10;nE6DiUiDpu+VoneXIif3DgzUNoN162zEYHcwBo3eNIrm6YwCvdwYJy3GWBsuz5Rqj0VrUgR1bX4g&#10;zmDElDaFiD4tijyENvF2iPFefP+z4AxswBmd/FFnhNJyhiy9DkF0Si5qC9yBK6oJAuX4XDRboA1/&#10;qmH2tajVwYxBhqh7BT9fCSHdyM0FXC3IH+06KFYniuwiKQm+8+/h5F2N7+unGTl/gf0bbWRV9Ksb&#10;0cfu5sRPrnI6Dc7WpDSwYdCqEE193CGWq2oJ7u/7MMiva1UdDGPVlphBihwYxn0i1B49YBG9hEu8&#10;3bJ8875Q8E6C4K2qvTG4Xx5Fn8FA/0c+BwjA081sXbyfWqbbceYJo9AOuJT5ev57W2jF6kXtybPu&#10;dPz+ijFjpn6yLJvLwmk5CM7sjQxZgLP2RqkJH7fjIOzW6uQdsLMLvuzCsFvHUszi+z8HgXvkTWXp&#10;uySdv2UUz6blUXVw8qfCth+85557+qpOp8KceEyVwpcJI7lfnYVKWZYrQVAMhmCxLNNKdblX3Mcn&#10;4AmvHMxGc7YPQuduzhB082zf/yLH9ZSS9hXVSyB+nwiif4opPYSB9coi2h4ppSW7XgiPQOgYwtF5&#10;uqHty53FdoX+9k0u34aUbkRfPI1/LoO9FkR+XYpMxM/jcK/rtMs5bAectdNmc2M4Ywox/jaewy2h&#10;2dwyVzvO/4KnWnDzTan6BMazn3lsZgfTMgAwzBiUH1EIvYEaL9Ny80DRypelz+CeD8NV5xmjURR4&#10;ktK34TnfXkYMNJauguDZnDOn+TMjCg6seCYbYqD9QbSqFwPwy/jz2zAkD8KQXIzndEhvryw9Up9P&#10;p8PkxXiPYyDy5bo2HnGVD/tfDw7rTqpDS+TiEUd/f/9ScN4vxPU6tO509LljOXjnasd5TziucpWK&#10;YUlwli6rsyZwZgMYwzWY94ZeXlnaujWfxVs+RJvS8tQHBmqboPn9oHgJLcOrPy5pdEWfF7EzOTuZ&#10;PzKiySLwGxicD4P4G80UMGiX/4Hn9ErreD2rzitFDuqNcYVOOw5qJJFSWiuq/bHo0s1KdYa57eCs&#10;nxRnnbLxBvrPr2JsrtwDAZ4/4jjvCyd9oAm2whh1P2zwLVx5yVVOJ8Kt0MLUANEYUP99vNxaHzBd&#10;QBCFKDxSZ/c65+/7MED4fYo7A4PZ2XgHLwmzyoucSEGbP+K8Cy4bSLO5Kk9giMxVJjIAr/P1Mtq/&#10;48/Pi6rgOV4K8XxQqbrB0NCQHwXXBnj6A57/kKZ0fS5y5hF41p/Fsz6SzxsO0e94rCPsyPq0Lfkj&#10;jvOBtAReSptzox3tKu0sQ3BytdNpcOkzhLADX2Ypdm3ZbC6bq2pJjGk9XBCj1RiRwaW7Ods2p8tp&#10;pDmbFZnCwexRinEeDJ4/4nwAGOA+xxhJqaqtQ0rfg/C7EIPgnSLKHZT/xdQ49FZLkTKIjcbzZazW&#10;9rhW5Ixi/jXOh4Sz1UVRfBXPejMmU4cDqWLpz3imIyc2dRjgjB3ab0vYwU68FWN1M/68Td0ddaee&#10;cDwtClsNY+wgHOW7W6mRXODNHvCsXkLnq1veoVEQEcvBAF8RLd0bms0dcnktaTab82GwPptxgxA6&#10;e4zEbNutpKw8j9fs7BDjCxDnz1C4ZI/dY9g+GjzC6R/xHJdAX92gFcsFYRiC/lxbx/vpA3jWb0Ic&#10;/gcG1D/h2c+A8H4gmjVRdyv7kYidoQoxGW031G1SluWynRj/RAcjpbQMPPr1gjV3gFA7FN/9JLS7&#10;0WhrN+GnYiCYgu84Paj9Noj+X4i4P3KTDeononw0nsOPeHh5fg4r4bn6bOpcgEtnYtXZraPTzHjy&#10;yA145hux7eaPOM6cwA1zX4c9G0TbeoizedxImOuc2aFXZGkMEMbkoZJS23PN3Hzzzf+E+6DxfhKD&#10;2ql1NxIhpA1h1B7AAHMtd2/m4hEP49I4AwvDfwwE8P0QH69yoMVAvbt79MPL9OnTP4XnviD60tL4&#10;uSba6SbQgDuUIntB+B0CMXg82u95MKRXMAYWPxUG9Z4Q01PB0rOwDb+BYPpPCKaZvGAv/l+I8n9E&#10;9Hf4+daHvQrRP+N3/Pe7ft9/4/e/hev51v83S6Ra68g7JkBXPb+Meiru8zDc9/68d202tywKXZPJ&#10;cnkknh9lNLy0HDsKZUk3oR0wH+HTZUyn31bYalyJyR9znI/CqNhsrgyHbRKTf8MkfNMF3kckDQ0t&#10;A6OrGIyfb9cMH17kunipd2DwaXDGIRfXkhwncGWI9iwGnW0Y65OrnPdmFN7pAhgcdsAgPhZt7OVS&#10;bXorRU6Ma/R5nI7j1Bb00RXQV38KUQenTd8WSX0xNveR229f2FMPOXOZUaoDK5aiQzFVj1LgcbzN&#10;dc7cgLMwhZjiIT8H739YBB9e5Ffgtf8CIu8BeIh71t0jhFjZlsu03FnJ5Iwo8jiBOYBLunj3X2vN&#10;4DKli9kf4GjcE8ROrHs8puN0K+iDC4vYUXBim6XYG7B3j/L8WAa9d8vmMqeWjCrLank4ExR401Sb&#10;m82cOdPDfuYVDHrkWanw2m6DAHuJA3Gumqswf1RQ3RuD/L1idkHdDxpOKS2C+7wcIu9OLnO70Zv7&#10;8NxfLsdB9HHJ9+7IA9hV78dzPznHU/nMn+PMBTgTx9x16FvHwNYPtJbPIepg83vQ/9ZFX/OjAp15&#10;DtshnItVYrTbg9oTGGc3dYE3vIxi/As6/qVliK/h55FzY5qeMzlcrlOzCfg5iJe8fq6qJbxfCNJd&#10;OeMYxM7DPXftOZJ1hMviFH9ofwfDGDTh8f26EHkcDsLVnHXmpgJfPnKc94aOO0Ub+sz66DO/LGcl&#10;/P51CHZfjPrDkNLqN8Ppzh93nGEBNpuHH6yjTHSsdh8EHnO0+upYG4HgG1wInt8JMBBv4vrFnCaB&#10;xaD8ZYilE2KUaZLSEXUfoBlXhu87LlqaEmPalKIvVzlthOcX8pzQmNJWZUq/wDt6srT0WqnVnVFT&#10;Dx2J66677vMY5FwAOiMC2lJuXmM4BATdsXSKIORmYBB9MYhcE6pqV+6M9Xhip51wJUyrans4HC9G&#10;SQOM/8xVTl3g7AlU+NEcVEPQG5laJFf9XXreSXKo+jgE47UwOF/MVbWEXjCM5YEUpNyVSMGXq5wa&#10;w92AHMzQRncNmi7jTk68wxkQ6ndh0LsYdRuyDftg53QqtKW0uxB0q4nIiRByk0KUF2BbXxHVW2Gv&#10;DuAJEwyNwcd9hsSpBZxVDikdEcVeQVvthS1eJFc5dYVGRLXaFV7jsyKpajTe/+B3GKPlIJrG4+Xe&#10;z7ND6z7LwmOrcM+3wGAW8Do29iOsOh++Qwi8r9DZUE2n470+AhH4KjxKCPkqog0fwZ1ezQcfnM/f&#10;t1MXWhvV6HBaNbY0eww2dAZ+PoH2e2kp8q1GSstwFi9/3HFqx9DQ0AJi1Rkh2muaql+MGzdutiaH&#10;nBrBmREYnQ2iQMSZPQCVvvk7W6F5SD4M0w/xgh/FZ36cPczawtMGYFQPZw6xMupPe3vrvTnEmTvE&#10;GD9fluXyjPeD43IF2vKTQe1lXNPRFipN6aSqqtaG+F8Yn/msxwM6wwUckx3RJgfLUo7xdud0ClwR&#10;a2VUYNLs1obO5qF9vpGu82nFh7RyLdkEvNincV0fVO/gzBgG0bqnyhiFAXxFzuAxeXRZ2rpsqLnO&#10;GcEwEW9fny6B9rExnRY4AsZlshDTC2jjT6K5GM+y5cxvUTS/Oq7Z9BlBZ64BZ3nxUuQiXDdwdi8X&#10;O04tYQw7xvwtYCfvxc+HYDe3yVVOl8GdugtFa+5h/f3fzGW1hV5Ga3MIBu0gcgRP5shVjvOBcJaa&#10;u7C5cxHGbR94sJe3UlQIvFjR56LItBBjE+VnYKDeg0tt/f39i8b77vu8b+xxPgi2ETigOxXRGkES&#10;Z0W8zTi1g7HRsHHHFWqvRKtuhshbLlc5TnuxgYF1y5QkaLqxMFvNl0aceQF3mXHZF8ZwWXi4m9Eg&#10;QhzeDAH4MDeLiNrTEIfPovwxkVSK2NkUjRCPazUajWUwuC+Ca35cvvQxl6Fw4tI9swqE/v6leORS&#10;jBDscP7wzm7Cz5PzR9sGHWc4oefguoUJZXOx47Sdm3jakWqB682Y0g/Zl3KV47SX3oGBL4lUJ3Np&#10;Gcbz0NndOew48xKGCzAlTG9v75dxLW1mX4fw+zYE4IloqzeWTCAd01O8KA4hRJ7h2bBR0lTR1Mcl&#10;vqj6I/zcE+17o5TSSpxB5Okt/J1DQ0PzM3C/G44TokBjvCT7LoUQlzX5XTHQQKjF9cpSvh01/agQ&#10;Oy9oVYRoD7dCSkSf4XOLuEphiEn1IJy9GyC0z4S43gO/c03UL52XTI/Cs38ln37TVnBP31KeSR6q&#10;w3KR47QFhqZA1K1Xmj2H/vEc+tvafkSZUxu421eqaqMAg4mB8XoOCrnKcToWzkRT9HDzE0XPrRAp&#10;jQYEHkVLSt8Oko4IYmdAyFwB8TIxRrsLQudx9IMnIBqnxShPceNJSfGo9hzFIy+IoucZi8grQiAx&#10;RQ26DsNY/+qCuBwHo39R0PTz97oguC6EUB2H/59d76/+LconMdbxXf/PS7iP/7kH3FPrTORZAnda&#10;a5e0pUd54TvchoHmWvz+n5Vix+B37RpS2pCn+lCoMX3DAJy6ORG37wSTcyME/o+2z+rx+4jYRbiu&#10;hbhtu/B0Rh4ld89W1Snoo2+GoOPYt9BRPJbdqQ+czcCAcG4I9iga6X7ugTjO7EPhwx323Jn+t9c7&#10;M2sUmu91se8xlvG9/i3+3afruvGpJZ7FToEgvQOicZlc3BZ64KQW0XZWtV7c1wEeZuIME6O02dx4&#10;1upXeqqUtK+HkDi1g4OIiGwnqkMw2qM505GrHMdx/i7ccR0l/Qbiau9c1DY4Q6kp/UIs3VA2m3XP&#10;ZOB0MIwJjlHPYu67aHYd00/V1SFzRjghhMUh7i6A0BuAR7I7Zw9yleM4zgfCAU/MruKsXi5qKxh0&#10;d4PTmvDzwFzkOHOFMWOmflK1uU6wNCWIvMC2xlntXO049YJLTGiwO6GR9sP7/RU84SVzleM4zmzD&#10;Zapo/TsHsycY35uL2wZtGXTeZRSfMcbFcrHjzDGqQ0uI2AWlpZcL1ev6/Ggyp+7Q+IlVoyOPW1Pd&#10;CUU+3ew4zhzDgS+a9Yqkq9qdDJu7jbnBBvfTgOA7gH/PVY4z24wePfrTpdhBrQ1ZZrc3QtiWaaBy&#10;tePUk8mTJ3/CrLlPKfogN12o6oK5ynEcZ45hyEcpspeYPQa7smYubhsisjAc2l+WZjdAfXpiWme2&#10;mDlz5ieY2D2o9scoMyDwji3LcgFU+WSIU39g9FZAo722FbuS0uYeNOo4ztyktVKg+kgQOzEXtZVW&#10;2hzYu8Jj9ZwPgBt3GMIULL0IJ6F1JKmPkU7HASO8BjztsUyAGkQvaaiuiGJvyI7jzBVgYz4PJ/JU&#10;2hjGAOfittFoNJbEoH057uuKoig8r57zV/BQgBDsxFLtRSavbEi1EeNNc7XjdC5syDB+W8DbxQ99&#10;XlM6CUZwUVS56HMcZ45haEgrGbPIZNiXfXNx25g5c+bHtap2Z6xeUPVYPae1Q1y12jumahqTkMMJ&#10;2MPPbne6Goo+GMC9g9kDUdJDpdhRE0QWztWO4zgfit7e3i8xF6eI3VaHGOBicHAhseoCiL2reU5v&#10;LnZGENxAEbTatZB0T8kY0mbz6Bx35zgji76+ofnL0g4S0Qfh6TwIw3jg+JS+mKsdx3E+EM6alaob&#10;lJZeLArZIhe3lRhtD5FU0qnNRU6XM2bMmM/GmDYX5oeV9ELUdBKTaedqx3HGjRs3H4z1kSHGaXHW&#10;Msx33ANyHGd2YChICWHFWbRc1FYaKS0TRK7BdQkGfl+x6FKY1ke12h6iviqDPRFVz+KBALnacZz3&#10;gwIvBD0sRHtYhDvq0qE8uDlXO47j/BWq+tlYVYdHSU/VYRNET0/PJ3h2d4zWwM+9PVave2Bb06ra&#10;vhQdCqovBbPTuAnHd8w6zhzCTiUpfTdYehhGfKqI/aQo+rmRw3Ecp0VPz8yPFzb49ShSwWaclIvb&#10;Sq/ZVyDyLgtiV4UQPFavg+Huboi6/TAG3QNh92jU9FOz27+Sqx3HmVuws4mkXbi0y3gcelIig0u7&#10;t+w4DuwAD3w/CXah2Wg0lsnFbSWa7Q+BkOCs7pmLnA6BEwpRqyMZPx5iehRjzxF5s4/P3DnOcEBx&#10;B+d9i6Dp1lbgq1Vj0QnXbPdRSI7jtA8RWQUD83M8MSMXtZWU0jJidm0Q+xVslgfm15ienp6Py8DA&#10;cmLVORFjCoTdAET6rnQg8kccx2kXrQ4qA8uFWVnGX47RmkGr3TkDmD/iOM4IoCiKhSCsrsJArbmo&#10;rTDPH0Tnd5hXD9cevvpQL1p5GIN9UzhhYPYsxN0t+LmJTxg4Ts3pbTa/zFQtPAMzRHkB3vQpvb29&#10;vsTrOF0O+vk/QljtGVXvLwpZPxe3FTici0WrroA9ujyltGQudtoE34ekdAQE3X1R5BmODyH0L8UJ&#10;g/wRx3E6jZbHZumGEONvYGw1prQVN3nkasdxuojeXllaU9UHsXfp6NGjP52L20pQPUBUE0/NyEXO&#10;MNFsNj9dqK6D9nAl3sFLahgEms2dfEnWcbqUwcHBhdDhfxgsPRFEn2EGe+6O863xjtMd0ImL0fbn&#10;rF5fX1g9F7cVHmBfit0QNZ3rqaLmOaP6+/sXFbFjYOcfDWrT8dx7YrO5cq53HGekwKXcorDVROSa&#10;Uu2NVl4kSYdOnjz5M/kjjuN0IA2zr3FpLqgen4vaSisWTOTQHKu3sy8Tzl0o7kXSdqUmiaIzSkkT&#10;Yde385Ubx3H+Ch40TeNQlnpnVPvnUuSmGONWHtvnOJ0Fz78VszOjpSkUWbm4rTQaaUmeloH7+lWz&#10;2Wx7UudOhjbZbGA1OOZXBbUXo8hDpdnhcvvtC3/MV2ccx5ldJogsDKN8EIzINFH7o6Z0ZQitpSA3&#10;JI5TYyAEPgWHbZsY0+0iqRapVoiqHqZqJlJ9Kxc5swGFHVPnRE0XB7PpIvp8jNrD9DU+O+o4zlwj&#10;Tpq0mJkdWFqaHkTfDCldBuH3jVztOE6N4O7KoHTO9EYILCa6bTtlVS0fzcbHlM6tyz3VkVkzdlx+&#10;r87mUZil2nMQeGdD2K00depUT33iOM7wMAEDiaZ0QGuLfox/4lJvo9HYPFc7jtNGuGQrVbW1qD3N&#10;3Gi5uK309PR8oox2OGP1YC++5bNRs5g5c+bHBwYGluOMHUTd00FkhpidU5ZpJc9p5zhObWidbam6&#10;dyuHV5B/hTEP+LunU3CcNtFIaZkiWihVL8xFbYexeiJ6PezEhUVRjMhYPS6tqzY3DppujFFmtJxl&#10;TcdzKdaFneM4HcP4lL4IobdlUIMt09+rVg8WIqdk4+5xfo4zj2k2m/MFST9A/7sf4qI2R5AFkSNg&#10;G1IR0465qJv5eFmWC8DxPTCY3SFqb8aUBiHsDujrS3wnbgsdx+kO6MWa2dejplNLsadF9RVJ6dag&#10;zS09DYDjzH0Y6wVRsZ6IVCL2k1zcdnpjXCGqTmDcGU/yycVdARMUh5TWErOLosjzQfQtTVyS1Y2Z&#10;2SB/zHEcp/thkubx48cvWEraBYLvlhDlrRDtUQwA50IQrkZhmD/qOM4cMn68oo/ZyaVIyVMzcnFb&#10;aQnQaIfjniYWKW3XqbF6XGYtBgd5vvDJUdI9FHWFyGTVaj8um+ePOY7jOO9Awykiy6WUvhuUyxzp&#10;dZFqcqnppLIsl6W3nD/qOM5sUpa2LvrTE3Co9s1FbefWW29dPKpdF4L+nDuEc3Ft4UaSoigWjWaH&#10;qNkdEHWvRpHHdZZtWmns2LGeaN5xHGdOGDt58md4fA8GqR/AyA6W0V6L0e6CF30K8/rxIHffvec4&#10;7w/6yeKF6pgQdUIuqgVw6o5Bn9ZCZOtcVAta58NC1MHGHBUtDQZLr5WWXtSUji+0f004pB5q4jiO&#10;My/hMW3MKQXBd0hQ7edh3Rg0HmIsDMo3Ha+6YF1OBHCcdtPX1/e5IsbWZoAQ0oa5uO3E2Fy5iNYI&#10;IqcNDAx8KRcPG3QQYSc+p/39a0LUnSaiD0bRV1X1ftiV45mk2OPqHMdxagITiZrZV2JKO8JoXxVi&#10;fJZpCyACBUb7aBkYWG5wcPCfGBuY/4njjBi4vCia+tA3zqtLCMQY9NmQmkdT7JXa3GZezsxzaRUC&#10;bgmIt12YciZIeiqIzmgwK4DZboypGz16tIeGOI7jdBIUdTHGz8O4r9pahlEziL6XSrUngqZbozX3&#10;Z+4qF4BOt8NZvRj1YDhAdxVmq+XittPf378UBNg41TRXYvUoYls5Pc22jVZdjZ+PRkkvQMw9HESO&#10;4+wdUz+hv3u4h+M4TrfCXX8hhC+ElFaH4Du6JQBjeqFQfZICUCR9B4POCvjc/B7/53QLjGnlrlA4&#10;PbVJtUJE7BiegRtj2ioX/V3YJ5mSqdFIy5g1d1Orxorq41H0+VL1QXy/k/FdN4To+zI+6yEcjuM4&#10;ziwoAIeGhuaHyFsZg8VB0ay3VJtOEYhB6F6UnYmBcgsGt48dO5m77HwW0OkYiqJYqIx6blCdVKfc&#10;lTzqi6lWourPmFw4F7dm5yZMmLAw4wp5cgT6IDdGPBtEn4nRmmLVMbHZXKMcGlrAY3Idx3GcjwQH&#10;nZTSIsFsE1xnFNFuZ+LnoPaiqA5xkGJdn+oSeRB1EejUCsapSVV9Cw5MMwTdOxe3Hc66FZqOLkUf&#10;iVGeap33avYsd9eX0X6JP2/L+DrvV47jOE5bYIoXzpZgEN1IzE7EINofJT0F8fdSEJmG65pS0r4h&#10;VN8YHBxcyGcfnHbRaDSWFEmXiDWvKsuhv8yetZu+vr5PcTad8bIeLuE4juN0DJytGNdsziciS0tK&#10;e8Wol5Za3Z1nLl6GGHwSZWMgDg8rzdYNITA43WcunHkCnQzuPMX1eCPGzXOx4ziO4zjzgpkzZ/4D&#10;d0QyNgkCb0ux6oSgGkO0hyH8nitE34giDzHhbRnjIQ2Rjczsaww0953CzpxQprQSnI6+mNKFuchx&#10;HMdxnHbBo+E4y8egc6aKUU1HY6C+SlTvhAicxuOYgtlvcfGs4HGa0vcgBneQZnPV0N+/FJfD8q9y&#10;RjajGGbAZOMidh7ayx1wGJbNdY7jOI7j1BnuGmasE7P5M3k0ROHWYs0TY7SbRdLkYOlRniISorxV&#10;RvkTB3oIw7Ex6o+D6q5MSTFxoqxSFMVX8Xvmz7/WqSejKP77+/sXrapqeQi29fE+d8D7/FFpdjne&#10;+SDe9StR9PdB7WUu1aLsXnymF9c50WznRkNXpBORf5/jOI7jON0Cl30pDHmiCHdj8igoiMPVIPh2&#10;D2InQhhcwxQWUdI9qvYkxQJExO9E7Z8hGF+MIvcU0a6DSDxXtToSQnIXkWoL1eY6FIucSezt7f2S&#10;HyH1v8Gz/gyfTaORlmS+Rlxrx5Q25akuUauDg8iJpaSb8C76Q7RnIcz/Fc/9jzyeC+9jGt7D/fg3&#10;g2I2HqLtNIi2AwvVdbicz3dJsc93i//Kl/Ydx3Ecx/lwUCRyZyTFBIP7eXF5GOJwOc4KQvjtJ9Y8&#10;isuD+PMYCMZA0ULRWKo+UjB9xl9mFu0PQfQ/IG7+k7NPEDRPQzA+zhlI/PvbKGZw3RA1nQ+B87N3&#10;rlLkKAicPXDt9rdXEeOO3GgAEcRUOO97qepmLXH1Hr8jX4dTdL3zf0IAnyGars/3ND7GdDvudSrv&#10;F98B3yX+Zxn5PeTt1ncL+jLzMJZmT+B7361md+B7oaiagO92Dq4T8Pd9IbB5LytSFPNZ8rn2zJz5&#10;cY/BdBynO/nYx/4/mqjebQ0D6nIAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhADWdlMbcAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdXSUqMZtSinoqgq0g3qbZaRKanQ3Z&#10;bZL+e1cvehl4vMd73xTL2XVipCG0ng3ohQJBXHnbcm3gY/dy8wgiRGSLnWcycKYAy/LyosDc+onf&#10;adzGWqQSDjkaaGLscylD1ZDDsPA9cfIOfnAYkxxqaQecUrnr5K1S99Jhy2mhwZ7WDVXH7ckZeJ1w&#10;Wt3p53FzPKzPX7vs7XOjyZjrq3n1BCLSHP/C8IOf0KFMTHt/YhtEZyA9En9v8h50loHYG8i0UiDL&#10;Qv6nL78BAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89&#10;ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1Jm&#10;vZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3&#10;BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD6nCQBsD&#10;AACZBwAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAKNZf&#10;4+mdAQDpnQEAFAAAAAAAAAAAAAAAAACBBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYA&#10;CAAAACEANZ2UxtwAAAAFAQAADwAAAAAAAAAAAAAAAACcowEAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAApaQBAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAmKUBAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 11" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:4153;height:5100;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUK50nwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTcQWia4iithDK23U+5AdsyHZ2ZBdTfrvuwWht3m8z1muB9uIO3W+cqwgnSQgiAun&#10;Ky4VnE/7lzkIH5A1No5JwQ95WK9GT0vMtOv5m+55KEUMYZ+hAhNCm0npC0MW/cS1xJG7us5iiLAr&#10;pe6wj+G2kdMkeZMWK44NBlvaGirq/GYVHA9feZ/U5tK8Stptis9LWn+kSj2Ph80CRKAh/Isf7ncd&#10;58/g75d4gFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFQrnSfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId16" o:title=""/>
+                <v:shape id="Picture 11" style="position:absolute;width:4153;height:5100;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUK50nwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTcQWia4iithDK23U+5AdsyHZ2ZBdTfrvuwWht3m8z1muB9uIO3W+cqwgnSQgiAun&#10;Ky4VnE/7lzkIH5A1No5JwQ95WK9GT0vMtOv5m+55KEUMYZ+hAhNCm0npC0MW/cS1xJG7us5iiLAr&#10;pe6wj+G2kdMkeZMWK44NBlvaGirq/GYVHA9feZ/U5tK8Stptis9LWn+kSj2Ph80CRKAh/Isf7ncd&#10;58/g75d4gFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFQrnSfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata o:title="" r:id="rId16"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:1702;top:2332;width:5453;height:1073;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEAwsqwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTVA+iXaOIrCAIYq0Hj7PN2AabSbeJWv+9ERb2No/3OfNlZ2txp9YbxwpGwwQEceG0&#10;4VLBKd8MpiB8QNZYOyYFT/KwXHz05phq9+CM7sdQihjCPkUFVQhNKqUvKrLoh64hjtzFtRZDhG0p&#10;dYuPGG5rOU6SibRoODZU2NC6ouJ6vFkFqzNn3+Z3/3PILpnJ81nCu8lVqf5nt/oCEagL/+I/91bH&#10;+TN4/xIPkIsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIQDCyrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 7" style="position:absolute;left:1702;top:2332;width:5453;height:1073;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEAwsqwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTVA+iXaOIrCAIYq0Hj7PN2AabSbeJWv+9ERb2No/3OfNlZ2txp9YbxwpGwwQEceG0&#10;4VLBKd8MpiB8QNZYOyYFT/KwXHz05phq9+CM7sdQihjCPkUFVQhNKqUvKrLoh64hjtzFtRZDhG0p&#10;dYuPGG5rOU6SibRoODZU2NC6ouJ6vFkFqzNn3+Z3/3PILpnJ81nCu8lVqf5nt/oCEagL/+I/91bH&#10;+TN4/xIPkIsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIQDCyrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2F5120B7" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00D34BAB">
+                      <w:p w:rsidR="00796E49" w:rsidRDefault="00D34BAB" w14:paraId="4B4F1DD6" w14:textId="77777777">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="945"/>
                             <w:tab w:val="left" w:pos="2452"/>
                           </w:tabs>
                           <w:spacing w:line="329" w:lineRule="exact"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="MCI Memphis Extra Bold" w:eastAsia="MCI Memphis Extra Bold" w:hAnsi="MCI Memphis Extra Bold" w:cs="MCI Memphis Extra Bold"/>
+                            <w:rFonts w:ascii="MCI Memphis Extra Bold" w:hAnsi="MCI Memphis Extra Bold" w:eastAsia="MCI Memphis Extra Bold" w:cs="MCI Memphis Extra Bold"/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>M</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-61"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
@@ -5257,50 +5272,58 @@
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-62"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:tab/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
+                            <w:b/>
+                            <w:color w:val="004983"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
                           <w:t>A</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-61"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="49"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>ss</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
@@ -5394,60 +5417,60 @@
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>n</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-57"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="5660DA8E" w14:textId="77777777" w:rsidR="00796E49" w:rsidRPr="00203D3C" w:rsidRDefault="00D34BAB">
+                      <w:p w:rsidRPr="00203D3C" w:rsidR="00796E49" w:rsidRDefault="00D34BAB" w14:paraId="56F00F31" w14:textId="77777777">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1874"/>
                             <w:tab w:val="left" w:pos="3084"/>
                             <w:tab w:val="left" w:pos="3398"/>
                           </w:tabs>
                           <w:spacing w:before="84"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="MCI Memphis Extra Bold" w:eastAsia="MCI Memphis Extra Bold" w:hAnsi="MCI Memphis Extra Bold" w:cs="MCI Memphis Extra Bold"/>
+                            <w:rFonts w:ascii="MCI Memphis Extra Bold" w:hAnsi="MCI Memphis Extra Bold" w:eastAsia="MCI Memphis Extra Bold" w:cs="MCI Memphis Extra Bold"/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t>C</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-61"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
@@ -5534,50 +5557,59 @@
                             <w:spacing w:val="50"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t>n</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00203D3C">
+                          <w:rPr>
+                            <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
+                            <w:b/>
+                            <w:color w:val="004983"/>
+                            <w:sz w:val="32"/>
+                            <w:lang w:val="it-IT"/>
+                          </w:rPr>
                           <w:t>f</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-61"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t>o</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
@@ -5611,55 +5643,55 @@
                           </w:rPr>
                           <w:t>m</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="-60"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00203D3C">
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Memphis Extra Bold"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:sz w:val="32"/>
                             <w:lang w:val="it-IT"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="5CAD5DC3" w14:textId="2BCA940D" w:rsidR="00796E49" w:rsidRDefault="00D34BAB">
+                      <w:p w:rsidR="00796E49" w:rsidRDefault="00D34BAB" w14:paraId="5876241D" w14:textId="2BCA940D">
                         <w:pPr>
                           <w:spacing w:before="86" w:line="173" w:lineRule="exact"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
+                            <w:rFonts w:ascii="MCI Univers 55" w:hAnsi="MCI Univers 55" w:eastAsia="MCI Univers 55" w:cs="MCI Univers 55"/>
                             <w:sz w:val="15"/>
                             <w:szCs w:val="15"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Univers 55"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="9"/>
                             <w:sz w:val="15"/>
                           </w:rPr>
                           <w:t>TO</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MCI Univers 55"/>
                             <w:b/>
                             <w:color w:val="004983"/>
                             <w:spacing w:val="39"/>
                             <w:sz w:val="15"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
@@ -6117,53 +6149,54 @@
               </w:rPr>
               <w:t>. I have had the opportunity to consider the information, ask questions and have had these answered satisfactorily.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="342E856B" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w14:paraId="619B007A" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4765BBC2" w14:textId="6C82CFDF" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -6187,69 +6220,51 @@
             </w:r>
             <w:r w:rsidR="009828DC">
               <w:t xml:space="preserve">research project </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and within </w:t>
             </w:r>
             <w:r w:rsidR="002A438B" w:rsidRPr="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[insert time</w:t>
             </w:r>
             <w:r w:rsidR="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> two weeks</w:t>
+              <w:t>, e.g. two weeks</w:t>
             </w:r>
             <w:r w:rsidR="002A438B" w:rsidRPr="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> after I took part in the </w:t>
             </w:r>
             <w:r w:rsidR="009828DC">
               <w:t>research project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, without giving any reason. If I withdraw</w:t>
@@ -6260,69 +6275,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">within </w:t>
             </w:r>
             <w:r w:rsidR="002A438B" w:rsidRPr="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[insert time</w:t>
             </w:r>
             <w:r w:rsidR="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> two weeks</w:t>
+              <w:t>, e.g. two weeks</w:t>
             </w:r>
             <w:r w:rsidR="002A438B" w:rsidRPr="002A438B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="002A438B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">taking part in the </w:t>
             </w:r>
             <w:r w:rsidR="009828DC">
               <w:t>research project</w:t>
@@ -6334,53 +6331,54 @@
               </w:rPr>
               <w:t xml:space="preserve">, my data will be removed. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24E0DD6A" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w14:paraId="185C8129" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="714"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="126E216A" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -6409,53 +6407,54 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="260491DD" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w14:paraId="1B4713E6" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FD3CC60" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -6477,53 +6476,54 @@
               </w:rPr>
               <w:t>I understand that my name/any information that can identify me will not appear in any reports, articles or presentation without my consent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B54477A" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w14:paraId="55C0DE3B" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10D32CB5" w14:textId="43D76D42" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -6565,53 +6565,54 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1066E08B" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w14:paraId="69A6911A" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="631A5DF0" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRPr="002A438B" w:rsidRDefault="002A438B" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -6632,147 +6633,149 @@
               </w:rPr>
               <w:t>I understand that I can make subsequent contact with the researcher if I wish to obtain a copy of any publications derived from the research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0592BE98" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Batang"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60BD4" w:rsidRPr="00A60BD4" w14:paraId="37F76B7C" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36198204" w14:textId="77777777" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
+          <w:p w14:paraId="36198204" w14:textId="60CFC1F4" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="1014" w:hanging="654"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I understand that data will be kept</w:t>
             </w:r>
             <w:r w:rsidR="002A438B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> safe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> according to </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002A438B">
+            <w:r w:rsidR="0002020A" w:rsidRPr="0002020A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MCI</w:t>
+              <w:t>in line with the requirements of the General Data Protection Regulation (GDPR) and MCI’s Research Ethics Committee requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> guidelines.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B9D98B1" w14:textId="221A8A6C" w:rsidR="00A60BD4" w:rsidRDefault="00203D3C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0027601B" w:rsidRPr="00A60BD4" w14:paraId="60C624B5" w14:textId="77777777" w:rsidTr="00093BC6">
         <w:trPr>
           <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4709" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65CA0042" w14:textId="1D4BF08F" w:rsidR="0027601B" w:rsidRDefault="0027601B" w:rsidP="002A438B">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
@@ -6808,53 +6811,54 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="291" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1178C264" w14:textId="16819C26" w:rsidR="0027601B" w:rsidRDefault="00602601">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0A8"/>
+              <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F68AF48" w14:textId="51062662" w:rsidR="002A48B1" w:rsidRDefault="002A48B1" w:rsidP="002A438B">
       <w:pPr>
         <w:ind w:left="1560"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78AC9AD9" w14:textId="77777777" w:rsidR="007F5F49" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
       <w:pPr>
         <w:ind w:left="1560"/>
       </w:pPr>
       <w:r>
         <w:t>Name of Participant…………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="0071235D">
         <w:t xml:space="preserve">……….                                     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DCBFA31" w14:textId="77777777" w:rsidR="007F5F49" w:rsidRDefault="007F5F49" w:rsidP="002A438B">
       <w:pPr>
         <w:ind w:left="1560"/>
       </w:pPr>
@@ -6866,120 +6870,110 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="424042"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Date…………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0185B3" w14:textId="77777777" w:rsidR="007F5F49" w:rsidRDefault="007F5F49" w:rsidP="002A438B">
       <w:pPr>
         <w:ind w:left="1560"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7B0E4F" w14:textId="6EC6719D" w:rsidR="00A60BD4" w:rsidRDefault="00A60BD4" w:rsidP="002A438B">
       <w:pPr>
         <w:ind w:left="1560"/>
       </w:pPr>
       <w:r>
         <w:t>Signature………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="0071235D">
         <w:t>………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E09B74" w14:textId="77777777" w:rsidR="0071235D" w:rsidRDefault="0071235D" w:rsidP="002A438B">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="260EDD27" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="00654408">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
         </w:rPr>
         <w:sectPr w:rsidR="00796E49" w:rsidSect="0071235D">
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="482" w:right="851" w:bottom="1298" w:left="0" w:header="0" w:footer="1117" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2346EEB9" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="0071235D">
+    <w:p w14:paraId="2346EEB9" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00796E49" w:rsidP="0002020A">
       <w:pPr>
         <w:spacing w:before="77"/>
         <w:ind w:right="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00796E49" w:rsidSect="00654408">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="440" w:right="853" w:bottom="280" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="5838" w:space="40"/>
         <w:col w:w="4472"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="61BCF7A1" w14:textId="77777777" w:rsidR="00B61084" w:rsidRDefault="00B61084">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="028D2D71" w14:textId="77777777" w:rsidR="00B61084" w:rsidRDefault="00B61084">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7028,51 +7022,51 @@
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4C6E4726" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="0071235D">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA8EEC3" wp14:editId="41DC9C16">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>866830</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-117875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1234800" cy="655200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
@@ -7229,54 +7223,54 @@
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
-[...2 lines deleted...]
-              <v:shape id="Freeform 6" o:spid="_x0000_s1027" style="position:absolute;left:3322;top:15528;width:2;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,720" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8zQCUwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U2jSImuIRQC6q3GgsdH9pnEZt+G3a2J/74rFHocZuYbZpNPphc3cr6zrOBtnoAg&#10;rq3uuFFwqsrXdxA+IGvsLZOCO3nIt89PG8y0HfmTbsfQiAhhn6GCNoQhk9LXLRn0czsQR+9incEQ&#10;pWukdjhGuOllmiQrabDjuNDiQB8t1d/HH6Ogd18LM+pqvB6WaerKc1FN+0Kp2ctUrEEEmsJ/+K+9&#10;0wpW8LgSb4Dc/gIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8zQCUwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,720e" filled="f" strokecolor="#004983" strokeweight=".58pt">
+        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <w:pict w14:anchorId="3AD0CF61">
+            <v:group id="Group 5" style="position:absolute;margin-left:166.1pt;margin-top:776.4pt;width:.1pt;height:36pt;z-index:-251663360;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="2,720" coordorigin="3322,15528" o:spid="_x0000_s1026" w14:anchorId="5DBE31DB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe3TT3VAMAAOcHAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uCG1nThpajQtilyK&#10;Ad1WoNkHKLZ8wWzJk5Q43bB/H0XZiZt2F3R5cCiTJg8PKfLyel+VZMeVLqSY0eDMp4SLWCaFyGb0&#10;y3o1mFKiDRMJK6XgM/rINb2+evvmsqkjPpS5LBOuCDgROmrqGc2NqSPP03HOK6bPZM0FKFOpKmbg&#10;qDIvUawB71XpDX1/4jVSJbWSMdca3i6ckl6h/zTlsfmcppobUs4oYDP4VPjc2Kd3dcmiTLE6L+IW&#10;BnsFiooVAoIeXC2YYWSrimeuqiJWUsvUnMWy8mSaFjHHHCCbwD/J5lbJbY25ZFGT1QeagNoTnl7t&#10;Nv60u1ekSGZ0TIlgFZQIo5KxpaapswgsblX9UN8rlx+IdzL+qkHtnertOXPGZNN8lAm4Y1sjkZp9&#10;qirrApIme6zA46ECfG9IDC+D4TlUKQZFOD6H+rr6xDkU0X4zGg2HlIA2GI+H0065bD8Glf0SvrMa&#10;j0UuIqJsUdmUoNH0kUv9f1w+5KzmWCJtmWq5nHRcrhTntnnJxNGJRh2Xuk9kT2MhauD7rxS+REfH&#10;5G/IYFG81eaWSywF291p465AAhIWOGnbYA2FSKsSbsP7AfEJMu6ejvfsYBh0hu+81iwnbRHgQhzM&#10;AFHf32QYTl/2N+oMrT80O/iDomYdUpZ34OO9aNGDRJgdPT62XC31sdXWQdsWYGQz/aPtqG8LUY8h&#10;FMyU02miKIFpsnHE1MxYZDaEFUnuWtKeK7nja4kacwTWtetRW4rnVse2dloAZd1jox9CWqS9+gq5&#10;KsoSC1wK0gCQ0WSCzGhZFolVWjBaZZt5qciO2SnphxfTLv0nZjCNRILOcs6SZSsbVpROhuAlMgs9&#10;2BJguxHH4I8L/2I5XU7DQTicLAehv1gMblbzcDBZBefjxWgxny+CnxZaEEZ5kSRcWHTdSA7Cf7um&#10;7XJww/QwlJ9k8STZFf7aWvfMvKcwkGTIpfvH7GCuuHvqhspGJo9wZ5V0OwZ2Igi5VN8paWC/zKj+&#10;tmWKU1J+EDB0LoIwtAsJDzjsKFF9zaavYSIGVzNqKLS3FefGLbFtrYosh0gBllXIGxi3aWEvNeJz&#10;qNoDzD2UcJtgLu3ms+uqf0ar436++gUAAP//AwBQSwMEFAAGAAgAAAAhAFc/2ELhAAAADQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdZNOUErMppainItgK4m2aTJPQ7G7IbpP0&#10;3zue9Djvfbx5L9/MphMjDb51VkO8iECQLV3V2lrD5/H1aQ3CB7QVds6Shht52BT3dzlmlZvsB42H&#10;UAsOsT5DDU0IfSalLxsy6BeuJ8ve2Q0GA59DLasBJw43nVRRtJIGW8sfGuxp11B5OVyNhrcJp20S&#10;v4z7y3l3+z6m71/7mLR+fJi3zyACzeEPht/6XB0K7nRyV1t50WlIEqUYZSNNFY9ghKUliBNLK7Vc&#10;gyxy+X9F8QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBe3TT3VAMAAOcHAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXP9hC4QAAAA0BAAAPAAAA&#10;AAAAAAAAAAAAAK4FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAvAYAAAAA&#10;">
+              <v:shape id="Freeform 6" style="position:absolute;left:3322;top:15528;width:2;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,720" o:spid="_x0000_s1027" filled="f" strokecolor="#004983" strokeweight=".58pt" path="m,l,720e" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8zQCUwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U2jSImuIRQC6q3GgsdH9pnEZt+G3a2J/74rFHocZuYbZpNPphc3cr6zrOBtnoAg&#10;rq3uuFFwqsrXdxA+IGvsLZOCO3nIt89PG8y0HfmTbsfQiAhhn6GCNoQhk9LXLRn0czsQR+9incEQ&#10;pWukdjhGuOllmiQrabDjuNDiQB8t1d/HH6Ogd18LM+pqvB6WaerKc1FN+0Kp2ctUrEEEmsJ/+K+9&#10;0wpW8LgSb4Dc/gIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8zQCUwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,15528;0,16248" o:connectangles="0,0"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00954A16">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FE2FB85" wp14:editId="11D7CB53">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2205990</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9860280</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1741805" cy="205740"/>
@@ -7643,142 +7637,102 @@
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>+43</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00797285">
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:sz w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 512 </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00797285">
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>20</w:t>
                     </w:r>
-                    <w:r w:rsidR="00B61084">
-[...20 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId4">
+                      <w:r w:rsidRPr="00797285">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MCI Univers 55"/>
+                          <w:color w:val="004983"/>
+                          <w:spacing w:val="-1"/>
+                          <w:sz w:val="12"/>
+                          <w:lang w:val="de-AT"/>
+                        </w:rPr>
+                        <w:t>70,</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00797285">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MCI Univers 55"/>
+                          <w:color w:val="004983"/>
+                          <w:sz w:val="12"/>
+                          <w:lang w:val="de-AT"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00797285">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MCI Univers 55"/>
+                          <w:color w:val="004983"/>
+                          <w:spacing w:val="-1"/>
+                          <w:sz w:val="12"/>
+                          <w:lang w:val="de-AT"/>
+                        </w:rPr>
+                        <w:t>office@mci.edu,</w:t>
+                      </w:r>
+                    </w:hyperlink>
                     <w:r w:rsidRPr="00797285">
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:sz w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00797285">
-[...59 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId5">
+                      <w:r w:rsidRPr="00797285">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MCI Univers 55"/>
+                          <w:color w:val="004983"/>
+                          <w:spacing w:val="-1"/>
+                          <w:sz w:val="12"/>
+                          <w:lang w:val="de-AT"/>
+                        </w:rPr>
+                        <w:t>www.mci.edu</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00954A16">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E9FF6DC" wp14:editId="79CE293D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5969000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10200005</wp:posOffset>
               </wp:positionV>
@@ -7878,61 +7832,61 @@
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r w:rsidR="00D34BAB">
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
-[...1 lines deleted...]
-            <v:shape w14:anchorId="1E9FF6DC" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:470pt;margin-top:803.15pt;width:42.15pt;height:9pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgHLl41wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0m6LELRZqvSqgip&#10;QKXCBziOnVgkHjP2brJ8PWMn2XJ5Q7xYk7F9fC6T/fU09Oyk0BuwFS82OWfKSmiMbSv+9cv9q7ec&#10;+SBsI3qwquJn5fn14eWL/ehKdQUd9I1CRiDWl6OreBeCK7PMy04Nwm/AKUubGnAQgT6xzRoUI6EP&#10;fXaV52+yEbBxCFJ5T927eZMfEr7WSobPWnsVWF9x4hbSimmt45od9qJsUbjOyIWG+AcWgzCWHr1A&#10;3Ykg2BHNX1CDkQgedNhIGDLQ2kiVNJCaIv9DzVMnnEpayBzvLjb5/wcrP52e3COyML2DiQJMIrx7&#10;APnNMwu3nbCtukGEsVOioYeLaFk2Ol8uV6PVvvQRpB4/QkMhi2OABDRpHKIrpJMROgVwvpiupsAk&#10;NXfb3TbfcSZpqyheb/MUSibK9bJDH94rGFgsKo6UaQIXpwcfIhlRrkfiWxbuTd+nXHv7W4MOxk4i&#10;H/nOzMNUT8w0i7KopYbmTGoQ5mmh6aaiA/zB2UiTUnH//ShQcdZ/sORIHKu1wLWo10JYSVcrHjib&#10;y9swj9/RoWk7Qp49t3BDrmmTFD2zWOhS+knoMqlxvH79Tqee/6fDTwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhALHbM77eAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuFG7pYpoGqeq&#10;EJyQEGk4cHSSbWI1XofYbcPv2ZzgNrMzmp3JdpPrxQXHYD1pWC4UCKTaN5ZaDZ/l68MTiBANNab3&#10;hBp+MMAuv73JTNr4KxV4OcRWcAiF1GjoYhxSKUPdoTNh4Qck1o5+dCYyHVvZjObK4a6XK6US6Ywl&#10;/tCZAZ87rE+Hs9Ow/6LixX6/Vx/FsbBluVH0lpy0vr+b9lsQEaf4Z4a5PleHnDtV/kxNEL2GzVrx&#10;lshCopJHELNFrdaMqvk2I5ln8v+M/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgHLl4&#10;1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCx&#10;2zO+3gAAAA4BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
+        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <w:pict w14:anchorId="247A8607">
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:470pt;margin-top:803.15pt;width:42.15pt;height:9pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgHLl41wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0m6LELRZqvSqgip&#10;QKXCBziOnVgkHjP2brJ8PWMn2XJ5Q7xYk7F9fC6T/fU09Oyk0BuwFS82OWfKSmiMbSv+9cv9q7ec&#10;+SBsI3qwquJn5fn14eWL/ehKdQUd9I1CRiDWl6OreBeCK7PMy04Nwm/AKUubGnAQgT6xzRoUI6EP&#10;fXaV52+yEbBxCFJ5T927eZMfEr7WSobPWnsVWF9x4hbSimmt45od9qJsUbjOyIWG+AcWgzCWHr1A&#10;3Ykg2BHNX1CDkQgedNhIGDLQ2kiVNJCaIv9DzVMnnEpayBzvLjb5/wcrP52e3COyML2DiQJMIrx7&#10;APnNMwu3nbCtukGEsVOioYeLaFk2Ol8uV6PVvvQRpB4/QkMhi2OABDRpHKIrpJMROgVwvpiupsAk&#10;NXfb3TbfcSZpqyheb/MUSibK9bJDH94rGFgsKo6UaQIXpwcfIhlRrkfiWxbuTd+nXHv7W4MOxk4i&#10;H/nOzMNUT8w0i7KopYbmTGoQ5mmh6aaiA/zB2UiTUnH//ShQcdZ/sORIHKu1wLWo10JYSVcrHjib&#10;y9swj9/RoWk7Qp49t3BDrmmTFD2zWOhS+knoMqlxvH79Tqee/6fDTwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhALHbM77eAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuFG7pYpoGqeq&#10;EJyQEGk4cHSSbWI1XofYbcPv2ZzgNrMzmp3JdpPrxQXHYD1pWC4UCKTaN5ZaDZ/l68MTiBANNab3&#10;hBp+MMAuv73JTNr4KxV4OcRWcAiF1GjoYhxSKUPdoTNh4Qck1o5+dCYyHVvZjObK4a6XK6US6Ywl&#10;/tCZAZ87rE+Hs9Ow/6LixX6/Vx/FsbBluVH0lpy0vr+b9lsQEaf4Z4a5PleHnDtV/kxNEL2GzVrx&#10;lshCopJHELNFrdaMqvk2I5ln8v+M/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgHLl4&#10;1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCx&#10;2zO+3gAAAA4BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" w14:anchorId="1E9FF6DC">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="57CA4FB6" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="0071235D">
+                  <w:p w:rsidR="00796E49" w:rsidRDefault="0071235D" w14:paraId="1F2D1281" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="165" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
+                        <w:rFonts w:ascii="MCI Univers 55" w:hAnsi="MCI Univers 55" w:eastAsia="MCI Univers 55" w:cs="MCI Univers 55"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">TEMPLATE </w:t>
                     </w:r>
                     <w:r w:rsidR="00D34BAB">
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00D34BAB">
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidR="00D34BAB">
@@ -8279,61 +8233,61 @@
                             <w:rPr>
                               <w:rFonts w:ascii="MCI Univers 55"/>
                               <w:color w:val="004983"/>
                               <w:sz w:val="12"/>
                             </w:rPr>
                             <w:t>T</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
-[...1 lines deleted...]
-            <v:shape w14:anchorId="751108C3" id="Text Box 1" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:173.25pt;margin-top:804.15pt;width:99.55pt;height:8pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoWs8g2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7kIVlW02aq0KkIq&#10;F6nwAY5jJxaJx4y9myxfz9jZbIG+VbxYE1/OnMtkdz2PAzsq9AZszYtNzpmyElpju5p//3b/5ooz&#10;H4RtxQBW1fykPL/ev361m1ylSuhhaBUyArG+mlzN+xBclWVe9moUfgNOWTrUgKMI9Ild1qKYCH0c&#10;sjLPt9kE2DoEqbyn3bvlkO8TvtZKhi9aexXYUHPiFtKKaW3imu13oupQuN7IMw3xAhajMJaaXqDu&#10;RBDsgOYZ1GgkggcdNhLGDLQ2UiUNpKbI/1Hz2AunkhYyx7uLTf7/wcrPx0f3FVmY38NMASYR3j2A&#10;/OGZhdte2E7dIMLUK9FS4yJalk3OV+en0Wpf+QjSTJ+gpZDFIUACmjWO0RXSyQidAjhdTFdzYDK2&#10;LLdvy6t3nEk6K/Jim6dUMlGtrx368EHByGJRc6RQE7o4PvgQ2YhqvRKbWbg3w5CCHexfG3Qx7iT2&#10;kfBCPczNzExb8zJKi2IaaE8kB2EZFxpvKnrAX5xNNCo19z8PAhVnw0dLlsS5Wgtci2YthJX0tOaB&#10;s6W8Dcv8HRyarifkxXQLN2SbNknRE4szXYo/CT2PapyvP7/Tracfav8bAAD//wMAUEsDBBQABgAI&#10;AAAAIQBwkoHV4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7BOiQ2ardJrJLG&#10;qSoEExIiDQOjE7uJ1fgcYrcNb487lfHu//Tfd8V2tgM568kbhwKWCwZEY+uUwU7AV/32tAbig0Ql&#10;B4dawK/2sC3v7wqZK3fBSp/3oSOxBH0uBfQhjDmlvu21lX7hRo0xO7jJyhDHqaNqkpdYbge6YoxT&#10;Kw3GC70c9Uuv2+P+ZAXsvrF6NT8fzWd1qExdPzN850chHh/m3QZI0HO4wXDVj+pQRqfGnVB5MghI&#10;Up5FNAacrRMgEcnSjANprqtVmgAtC/r/i/IPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;6FrPINgBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAcJKB1eEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <w:pict w14:anchorId="22EA962D">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:173.25pt;margin-top:804.15pt;width:99.55pt;height:8pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoWs8g2AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7kIVlW02aq0KkIq&#10;F6nwAY5jJxaJx4y9myxfz9jZbIG+VbxYE1/OnMtkdz2PAzsq9AZszYtNzpmyElpju5p//3b/5ooz&#10;H4RtxQBW1fykPL/ev361m1ylSuhhaBUyArG+mlzN+xBclWVe9moUfgNOWTrUgKMI9Ild1qKYCH0c&#10;sjLPt9kE2DoEqbyn3bvlkO8TvtZKhi9aexXYUHPiFtKKaW3imu13oupQuN7IMw3xAhajMJaaXqDu&#10;RBDsgOYZ1GgkggcdNhLGDLQ2UiUNpKbI/1Hz2AunkhYyx7uLTf7/wcrPx0f3FVmY38NMASYR3j2A&#10;/OGZhdte2E7dIMLUK9FS4yJalk3OV+en0Wpf+QjSTJ+gpZDFIUACmjWO0RXSyQidAjhdTFdzYDK2&#10;LLdvy6t3nEk6K/Jim6dUMlGtrx368EHByGJRc6RQE7o4PvgQ2YhqvRKbWbg3w5CCHexfG3Qx7iT2&#10;kfBCPczNzExb8zJKi2IaaE8kB2EZFxpvKnrAX5xNNCo19z8PAhVnw0dLlsS5Wgtci2YthJX0tOaB&#10;s6W8Dcv8HRyarifkxXQLN2SbNknRE4szXYo/CT2PapyvP7/Tracfav8bAAD//wMAUEsDBBQABgAI&#10;AAAAIQBwkoHV4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7BOiQ2ardJrJLG&#10;qSoEExIiDQOjE7uJ1fgcYrcNb487lfHu//Tfd8V2tgM568kbhwKWCwZEY+uUwU7AV/32tAbig0Ql&#10;B4dawK/2sC3v7wqZK3fBSp/3oSOxBH0uBfQhjDmlvu21lX7hRo0xO7jJyhDHqaNqkpdYbge6YoxT&#10;Kw3GC70c9Uuv2+P+ZAXsvrF6NT8fzWd1qExdPzN850chHh/m3QZI0HO4wXDVj+pQRqfGnVB5MghI&#10;Up5FNAacrRMgEcnSjANprqtVmgAtC/r/i/IPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;6FrPINgBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAcJKB1eEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" w14:anchorId="751108C3">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="2C91C440" w14:textId="77777777" w:rsidR="00796E49" w:rsidRDefault="00D34BAB">
+                  <w:p w:rsidR="00796E49" w:rsidRDefault="00D34BAB" w14:paraId="76E2DB7E" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="1"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="MCI Univers 55" w:eastAsia="MCI Univers 55" w:hAnsi="MCI Univers 55" w:cs="MCI Univers 55"/>
+                        <w:rFonts w:ascii="MCI Univers 55" w:hAnsi="MCI Univers 55" w:eastAsia="MCI Univers 55" w:cs="MCI Univers 55"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t>M</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:spacing w:val="-15"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
@@ -8549,70 +8503,70 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="MCI Univers 55"/>
                         <w:color w:val="004983"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t>T</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="440D54A7" w14:textId="77777777" w:rsidR="00B61084" w:rsidRDefault="00B61084">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09CE5332" w14:textId="77777777" w:rsidR="00B61084" w:rsidRDefault="00B61084">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100119D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55B8EF90"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8998,221 +8952,226 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7818" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8538" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="366412898">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="986397063">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1732996660">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1673677362">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDKxMDUytbQwNze1NDBV0lEKTi0uzszPAykwrAUAW3oHDCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00796E49"/>
     <w:rsid w:val="000040A2"/>
+    <w:rsid w:val="0002020A"/>
     <w:rsid w:val="00093BC6"/>
     <w:rsid w:val="000A3D10"/>
     <w:rsid w:val="001622F0"/>
     <w:rsid w:val="00203D3C"/>
     <w:rsid w:val="0027601B"/>
     <w:rsid w:val="002A438B"/>
     <w:rsid w:val="002A48B1"/>
+    <w:rsid w:val="002C4E8D"/>
     <w:rsid w:val="003C014F"/>
     <w:rsid w:val="003F0C5D"/>
     <w:rsid w:val="004D5C21"/>
     <w:rsid w:val="00527E77"/>
     <w:rsid w:val="00553EF8"/>
     <w:rsid w:val="00602601"/>
     <w:rsid w:val="0060341A"/>
     <w:rsid w:val="00654408"/>
     <w:rsid w:val="006A0C8A"/>
     <w:rsid w:val="006E7D13"/>
     <w:rsid w:val="0071235D"/>
     <w:rsid w:val="007206E9"/>
     <w:rsid w:val="007436CB"/>
     <w:rsid w:val="00796E49"/>
     <w:rsid w:val="00797285"/>
     <w:rsid w:val="007E34BE"/>
     <w:rsid w:val="007F5737"/>
     <w:rsid w:val="007F5F49"/>
     <w:rsid w:val="00813395"/>
     <w:rsid w:val="008D083E"/>
     <w:rsid w:val="008F50B2"/>
     <w:rsid w:val="00933735"/>
     <w:rsid w:val="00954A16"/>
     <w:rsid w:val="009828DC"/>
     <w:rsid w:val="00A50F5A"/>
     <w:rsid w:val="00A60BD4"/>
     <w:rsid w:val="00A97FBE"/>
     <w:rsid w:val="00AF7108"/>
     <w:rsid w:val="00B61084"/>
     <w:rsid w:val="00C71309"/>
     <w:rsid w:val="00C722BC"/>
     <w:rsid w:val="00C83F58"/>
     <w:rsid w:val="00D34BAB"/>
     <w:rsid w:val="00D70304"/>
     <w:rsid w:val="00D9583D"/>
     <w:rsid w:val="00E44A4F"/>
     <w:rsid w:val="00E502A1"/>
     <w:rsid w:val="00E70DB7"/>
     <w:rsid w:val="00FA5290"/>
+    <w:rsid w:val="26931865"/>
+    <w:rsid w:val="6EFE8227"/>
+    <w:rsid w:val="7E3B3976"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6BDBE11A"/>
   <w15:docId w15:val="{83DAE935-81F3-4FEF-82DB-09768D03FE23}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9544,51 +9503,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="60"/>
       <w:ind w:left="1701"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MCI Memphis Extra Bold" w:eastAsia="MCI Memphis Extra Bold" w:hAnsi="MCI Memphis Extra Bold"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
@@ -9870,51 +9828,51 @@
     <w:semiHidden/>
     <w:rsid w:val="00E70DB7"/>
     <w:rPr>
       <w:rFonts w:ascii="MCI Univers 55" w:hAnsi="MCI Univers 55"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0027601B"/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="261651846">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1339772638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9935,51 +9893,51 @@
     </w:div>
     <w:div w:id="1837761431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mci4me.at" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:name@mci.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mci.edu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mci.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mci.edu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mci.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mci.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mci.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10226,75 +10184,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1187</Words>
-  <Characters>7480</Characters>
+  <Words>1202</Words>
+  <Characters>7575</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
+  <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8650</CharactersWithSpaces>
+  <CharactersWithSpaces>8760</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Regina Obexer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2017-03-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2022-11-09T00:00:00Z</vt:filetime>
   </property>